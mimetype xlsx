--- v0 (2025-12-08)
+++ v1 (2025-12-29)
@@ -1,134 +1,131 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Bane\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Google Drive\Leon Bane\temp\Cenovnici po uredbi\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4014B92B-B966-4B4F-AA61-BCEA5013DAB3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AD90B69C-3BD6-4989-9322-ACA1D6BFEEFC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{4F0F6364-8E00-4AFD-9A82-E155354C8540}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="107">
   <si>
     <t>Grad</t>
   </si>
   <si>
     <t>Adresa</t>
   </si>
   <si>
     <t>Vranje</t>
   </si>
   <si>
     <t>Beograd</t>
   </si>
   <si>
     <t>Bore Stankovića 1</t>
   </si>
   <si>
     <t>Kralja Stefana Prvovenčanog 138</t>
   </si>
   <si>
     <t>Surdulica</t>
   </si>
   <si>
     <t>Srpskih vladara 77</t>
   </si>
   <si>
     <t>Žitkovac</t>
   </si>
   <si>
     <t>Vrnjačka banja</t>
   </si>
   <si>
     <t>Kneza Miloša 49</t>
   </si>
   <si>
     <t>Vladičin Han</t>
   </si>
   <si>
     <t>Gradimira Mihajlovića 23</t>
   </si>
   <si>
     <t>Niš</t>
   </si>
   <si>
     <t>Čarnojevića 10b</t>
   </si>
   <si>
     <t>Partizanski put 100</t>
   </si>
   <si>
-    <t>Nemanjina 1a</t>
-[...1 lines deleted...]
-  <si>
     <t>Proleterskih brigada 70</t>
   </si>
   <si>
     <t>Tanaska Rajića 12</t>
   </si>
   <si>
     <t>Aleksandrovac</t>
   </si>
   <si>
     <t>Prokuplje</t>
   </si>
   <si>
     <t>Bosanska 2</t>
   </si>
   <si>
     <t>Niš, Brzi Brod</t>
   </si>
   <si>
     <t>29.novembra 4a</t>
   </si>
   <si>
     <t>Niš, Novo selo</t>
   </si>
   <si>
     <t>Topličkog partizanskog odreda 22a</t>
@@ -184,53 +181,50 @@
   <si>
     <t>Igora Nikića 5A</t>
   </si>
   <si>
     <t>Bulevar Cara Konstantina 130</t>
   </si>
   <si>
     <t>Dragiše Cvetković 93</t>
   </si>
   <si>
     <t>Bulevar Nikole Tesle 5</t>
   </si>
   <si>
     <t>Mirijevo</t>
   </si>
   <si>
     <t>Mirijevski venac 6a</t>
   </si>
   <si>
     <t>Cuprija</t>
   </si>
   <si>
     <t>Cara Lazara 3</t>
   </si>
   <si>
-    <t>Sopocanska 10</t>
-[...1 lines deleted...]
-  <si>
     <t>Surdulickih mucenika 55</t>
   </si>
   <si>
     <t>Njegoševa 21</t>
   </si>
   <si>
     <t>Kosovska 130g</t>
   </si>
   <si>
     <t>Smederevski put 21k</t>
   </si>
   <si>
     <t>Subotica</t>
   </si>
   <si>
     <t>Bajnatska 21</t>
   </si>
   <si>
     <t>Bujanovac</t>
   </si>
   <si>
     <t>Karadjordja Petrovica 222</t>
   </si>
   <si>
     <t>Kuršumlija</t>
@@ -253,53 +247,50 @@
   <si>
     <t>Naziv objekta</t>
   </si>
   <si>
     <t>Leon Conditors 1</t>
   </si>
   <si>
     <t>Leon Conditors 3</t>
   </si>
   <si>
     <t>Leon Conditors 6</t>
   </si>
   <si>
     <t>Leon Conditors 10</t>
   </si>
   <si>
     <t>Leon Conditors 11</t>
   </si>
   <si>
     <t>Leon Conditors 12</t>
   </si>
   <si>
     <t>Leon Conditors 13</t>
   </si>
   <si>
-    <t>Leon Conditors 14</t>
-[...1 lines deleted...]
-  <si>
     <t>Leon Conditors 15</t>
   </si>
   <si>
     <t>Leon Conditors 16</t>
   </si>
   <si>
     <t>Leon Conditors 18</t>
   </si>
   <si>
     <t>Leon Conditors 19</t>
   </si>
   <si>
     <t>Leon Conditors 20</t>
   </si>
   <si>
     <t>Leon Conditors 21</t>
   </si>
   <si>
     <t>Leon Conditors 22</t>
   </si>
   <si>
     <t>Leon Conditors 23</t>
   </si>
   <si>
     <t>Leon Conditors 24</t>
@@ -316,102 +307,124 @@
   <si>
     <t>Leon Conditors 28</t>
   </si>
   <si>
     <t>Leon Conditors 29</t>
   </si>
   <si>
     <t>Leon Conditors 30</t>
   </si>
   <si>
     <t>Leon Conditors 31</t>
   </si>
   <si>
     <t>Leon Conditors 32</t>
   </si>
   <si>
     <t>Leon Conditors 33</t>
   </si>
   <si>
     <t>Leon Conditors 34</t>
   </si>
   <si>
     <t>Leon Conditors 35</t>
   </si>
   <si>
-    <t>Leon Conditors 36</t>
-[...1 lines deleted...]
-  <si>
     <t>Leon Conditors 37</t>
   </si>
   <si>
     <t>Leon Conditors 38</t>
   </si>
   <si>
     <t>Leon Conditors 39</t>
   </si>
   <si>
     <t>Leon Conditors 40</t>
   </si>
   <si>
     <t>Leon Conditors 41</t>
   </si>
   <si>
     <t>Leon Conditors 42</t>
   </si>
   <si>
     <t>Leon Conditors 43</t>
   </si>
   <si>
     <t>Leon Conditors 45</t>
   </si>
   <si>
     <t>Leon Conditors 47</t>
   </si>
   <si>
     <t>Leon Conditors 48</t>
+  </si>
+  <si>
+    <t>Leon Conditors 44</t>
+  </si>
+  <si>
+    <t>Leon Conditors 49</t>
+  </si>
+  <si>
+    <t>Kovačica</t>
+  </si>
+  <si>
+    <t>Arilje</t>
+  </si>
+  <si>
+    <t>JNA 102</t>
+  </si>
+  <si>
+    <t>Stevana Čolovića bb</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="2" x14ac:knownFonts="1">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <charset val="238"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
@@ -747,489 +760,490 @@
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9751ED14-DC5C-408F-A657-DD15F29C25B3}">
   <dimension ref="A1:C40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18.7109375" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="32.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B4" t="s">
         <v>6</v>
       </c>
       <c r="C4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B6" t="s">
         <v>11</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B7" t="s">
         <v>13</v>
       </c>
       <c r="C7" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B8" t="s">
         <v>2</v>
       </c>
       <c r="C8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B9" t="s">
         <v>2</v>
       </c>
       <c r="C9" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B10" t="s">
         <v>2</v>
       </c>
       <c r="C10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B11" t="s">
-        <v>2</v>
+        <v>19</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B12" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C12" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B13" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C13" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C14" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B15" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C15" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B16" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="C16" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B17" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C17" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B18" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C18" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="B19" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C19" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B20" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="C20" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="B21" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="C21" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B22" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="C22" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B23" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C23" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B24" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C24" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B25" t="s">
         <v>13</v>
       </c>
       <c r="C25" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B26" t="s">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="C26" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B27" t="s">
-        <v>2</v>
+        <v>45</v>
       </c>
       <c r="C27" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B28" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C28" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="B29" t="s">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="C29" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B30" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="C30" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="31" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B31" t="s">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="C31" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="32" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B32" t="s">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="C32" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="33" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B33" t="s">
-        <v>2</v>
+        <v>53</v>
       </c>
       <c r="C33" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B34" t="s">
-        <v>3</v>
+        <v>55</v>
       </c>
       <c r="C34" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="35" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B35" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C35" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="36" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B36" t="s">
-        <v>57</v>
+        <v>103</v>
       </c>
       <c r="C36" t="s">
-        <v>58</v>
+        <v>105</v>
       </c>
     </row>
     <row r="37" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="B37" t="s">
         <v>59</v>
       </c>
       <c r="C37" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="38" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="B38" t="s">
+        <v>18</v>
+      </c>
+      <c r="C38" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="39" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="B39" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="C39" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
     </row>
     <row r="40" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
+        <v>102</v>
+      </c>
+      <c r="B40" t="s">
         <v>104</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" t="s">
-        <v>64</v>
+        <v>106</v>
       </c>
     </row>
   </sheetData>
+  <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>