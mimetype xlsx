--- v1 (2025-12-29)
+++ v2 (2026-02-01)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Google Drive\Leon Bane\temp\Cenovnici po uredbi\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AD90B69C-3BD6-4989-9322-ACA1D6BFEEFC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{31BBFB3B-0C0A-4541-821C-02BEE68570F2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{4F0F6364-8E00-4AFD-9A82-E155354C8540}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{4F0F6364-8E00-4AFD-9A82-E155354C8540}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="113">
   <si>
     <t>Grad</t>
   </si>
   <si>
     <t>Adresa</t>
   </si>
   <si>
     <t>Vranje</t>
   </si>
   <si>
     <t>Beograd</t>
   </si>
   <si>
     <t>Bore Stankovića 1</t>
   </si>
   <si>
     <t>Kralja Stefana Prvovenčanog 138</t>
   </si>
   <si>
     <t>Surdulica</t>
   </si>
   <si>
     <t>Srpskih vladara 77</t>
   </si>
   <si>
@@ -353,50 +353,68 @@
     <t>Leon Conditors 45</t>
   </si>
   <si>
     <t>Leon Conditors 47</t>
   </si>
   <si>
     <t>Leon Conditors 48</t>
   </si>
   <si>
     <t>Leon Conditors 44</t>
   </si>
   <si>
     <t>Leon Conditors 49</t>
   </si>
   <si>
     <t>Kovačica</t>
   </si>
   <si>
     <t>Arilje</t>
   </si>
   <si>
     <t>JNA 102</t>
   </si>
   <si>
     <t>Stevana Čolovića bb</t>
+  </si>
+  <si>
+    <t>Leon Conditors 50</t>
+  </si>
+  <si>
+    <t>Leon Conditors 51</t>
+  </si>
+  <si>
+    <t>Sombor</t>
+  </si>
+  <si>
+    <t>Šajkaš</t>
+  </si>
+  <si>
+    <t>Solunskih boraca 46</t>
+  </si>
+  <si>
+    <t>Braće Krkljuš 29</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
@@ -747,51 +765,51 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9751ED14-DC5C-408F-A657-DD15F29C25B3}">
-  <dimension ref="A1:C40"/>
+  <dimension ref="A1:C42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18.7109375" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="32.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>63</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>64</v>
       </c>
@@ -1196,50 +1214,72 @@
       </c>
       <c r="C38" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="39" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
         <v>100</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="40" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
         <v>102</v>
       </c>
       <c r="B40" t="s">
         <v>104</v>
       </c>
       <c r="C40" t="s">
         <v>106</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
+        <v>107</v>
+      </c>
+      <c r="B41" t="s">
+        <v>109</v>
+      </c>
+      <c r="C41" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A42" t="s">
+        <v>108</v>
+      </c>
+      <c r="B42" t="s">
+        <v>110</v>
+      </c>
+      <c r="C42" t="s">
+        <v>112</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">