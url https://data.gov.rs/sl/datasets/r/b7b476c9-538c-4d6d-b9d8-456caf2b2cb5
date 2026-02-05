--- v0 (2025-10-03)
+++ v1 (2026-02-05)
@@ -1,397 +1,442 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27830"/>
-  <workbookPr/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\darko.damnjanovic\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\Q3TEOZQA\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Svetlana\Desktop\NOVI SAJT\ZEMLJISTE URBANE SREDINE\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CF24E3B4-862A-488A-A7A0-C0A55F579FFD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B257E726-9A99-4A30-A345-B039FE7FF692}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{D113540E-5E60-43E4-8DC9-BF769E27BCFF}"/>
   </bookViews>
   <sheets>
-    <sheet name=" Kontam. lokacije 2017-2023." sheetId="4" r:id="rId1"/>
+    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
+  <si>
+    <t>Redni broj</t>
+  </si>
+  <si>
+    <t>EI Niš</t>
+  </si>
+  <si>
+    <t>MIN - Niš</t>
+  </si>
+  <si>
+    <t>Fabrika obojenih metala - Prokuplje</t>
+  </si>
+  <si>
+    <t>RTB Bor</t>
+  </si>
+  <si>
+    <t>HI Župa - Kruševac</t>
+  </si>
+  <si>
+    <t>Prva Petoletka - Trstenik</t>
+  </si>
+  <si>
+    <t>Fabrika vagona Kraljevo</t>
+  </si>
+  <si>
+    <t>Toza Marković - Kikinda</t>
+  </si>
+  <si>
+    <t>a.d. Radijator - Zrenjanin</t>
+  </si>
+  <si>
+    <t>JP „Elektroprovreda Srbije“ Ogranak TENT Beograd-Obrenovac, lokacija  TE Morava- Svijalnac</t>
+  </si>
+  <si>
+    <t>Fabrika akumulatora - Sombor</t>
+  </si>
+  <si>
+    <t>Šumadija d.o.o. - Kragujevac</t>
+  </si>
+  <si>
+    <t>Zastava Kamioni - Kragujevac</t>
+  </si>
+  <si>
+    <t>HI Zorka - Subotica</t>
+  </si>
+  <si>
+    <t>KTK Koža - Zaječar</t>
+  </si>
   <si>
     <t>IHP Prahovo</t>
   </si>
   <si>
-    <t>RTB Bor</t>
-[...46 lines deleted...]
-  <si>
     <t>21. oktobar - Kragujevac</t>
   </si>
   <si>
     <t>HI Viskoza - Loznica</t>
   </si>
   <si>
     <t>Zorka – Obojena metalurgija - Šabac</t>
   </si>
   <si>
+    <t>Мei Tа Europe d.o.o. - Barič</t>
+  </si>
+  <si>
+    <t>Ecomet reciklaža d.o.o. - Beograd</t>
+  </si>
+  <si>
+    <t>HBIS GROOP Serbia Iron &amp; Steel d.o.o. Beograd Pogon Smederevo- Radinac</t>
+  </si>
+  <si>
+    <t>HBIS GROOP Serbia Iron &amp; Steel d.o.o. Beograd ogranak Šabac</t>
+  </si>
+  <si>
+    <t>Serbia Zijin Copper d.o.o. -  Bor-ogranak TIR</t>
+  </si>
+  <si>
+    <t>Valjaonica bakra a.d. - Sevojno</t>
+  </si>
+  <si>
     <t>Impol Seval Valjaonica aluminijuma a.d. Sevojno</t>
   </si>
   <si>
+    <t>HIP-Petrohemija  a.d. - Pančevo, Spoljnostarčevačka 82, Pančevo</t>
+  </si>
+  <si>
     <t>HIP-Petrohemija  a.d. - Pančevo, Fabrika sintetičkog kaučuka, Elemir</t>
   </si>
   <si>
     <t>ENERGETIKA d.o.o. Kragujevac</t>
   </si>
   <si>
-    <t>JP „Elektroprovreda Srbije“ Ogranak TENT Beograd-Obrenovac, lokacija  TE Morava</t>
-[...26 lines deleted...]
-    <t>JP „Elektroprovreda Srbije“ Ogranak TENT Beograd-Obrenovac, lokacija  TE Kolubara</t>
+    <t>JP „Elektroprovreda Srbije“ Ogranak TENT Beograd-Obrenovac, lokacija  TE Kolubara - Veliki Crljani</t>
   </si>
   <si>
     <t>JKP Čistoća Novi Sad</t>
   </si>
   <si>
-    <t>Industrijski kompleksi na kojima su utvrđene prekoračene remedijacione vrednosti u zemljištu 2017-2023. godine</t>
+    <t>JKP Beogradske elektrane Beograd TO Dunav</t>
+  </si>
+  <si>
+    <t>Elixir Zorka Mineralna đubriva - Šabac</t>
+  </si>
+  <si>
+    <t>HIP-Azotara, Pančevo</t>
+  </si>
+  <si>
+    <t>JKP, Oština Čajetina – Nesanitarna deponija</t>
+  </si>
+  <si>
+    <t>ЈKP Banjsko zelenilo i čistoća, Vrnjačka banja</t>
+  </si>
+  <si>
+    <t>Industrijski kompleksi na kojima su utvrđene prekoračene remedijacione vrednosti 2017-2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
+      <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...5 lines deleted...]
-      <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
-      <color theme="1"/>
-      <name val="Calibri"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
-    </fill>
-[...4 lines deleted...]
-      </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="4">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="4">
+  <cellXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
-  <cellStyles count="4">
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
-[...1 lines deleted...]
-    <cellStyle name="Normalan 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -409,65 +454,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -488,368 +533,404 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:B34"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1574AA90-87C7-4427-B309-7F2C458D8B04}">
+  <dimension ref="A1:B37"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="95.140625" defaultRowHeight="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="2" max="2" width="103.7109375" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="58.140625" customWidth="1"/>
+    <col min="1" max="1" width="12.140625" style="1" customWidth="1"/>
+    <col min="2" max="16384" width="95.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-    <row r="2" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:2" s="8" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="7" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="2">
         <v>1</v>
       </c>
-      <c r="B2" s="1" t="s">
-[...3 lines deleted...]
-    <row r="3" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B2" s="3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="2">
         <v>2</v>
       </c>
-      <c r="B3" s="1" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B3" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="2">
         <v>3</v>
       </c>
-      <c r="B4" s="1" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B4" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="2">
         <v>4</v>
       </c>
-      <c r="B5" s="1" t="s">
-[...3 lines deleted...]
-    <row r="6" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B5" s="3" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="2">
         <v>5</v>
       </c>
-      <c r="B6" s="1" t="s">
-[...3 lines deleted...]
-    <row r="7" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B6" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="2">
         <v>6</v>
       </c>
-      <c r="B7" s="1" t="s">
-[...3 lines deleted...]
-    <row r="8" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B7" s="3" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="2">
         <v>7</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...3 lines deleted...]
-    <row r="9" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B8" s="3" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="2">
         <v>8</v>
       </c>
-      <c r="B9" s="1" t="s">
-[...3 lines deleted...]
-    <row r="10" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B9" s="3" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="2">
         <v>9</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...3 lines deleted...]
-    <row r="11" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B10" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="2">
         <v>10</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...3 lines deleted...]
-    <row r="12" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B11" s="3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="2">
         <v>11</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="B12" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="13" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="2">
         <v>12</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="B13" s="3" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="14" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="2">
         <v>13</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="B14" s="3" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="15" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="2">
         <v>14</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="B15" s="3" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="16" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="2">
         <v>15</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="B16" s="3" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="17" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="2">
         <v>16</v>
       </c>
-      <c r="B17" s="1" t="s">
-[...3 lines deleted...]
-    <row r="18" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B17" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="18" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="2">
         <v>17</v>
       </c>
-      <c r="B18" s="1" t="s">
-[...3 lines deleted...]
-    <row r="19" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B18" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="2">
         <v>18</v>
       </c>
-      <c r="B19" s="1" t="s">
-[...3 lines deleted...]
-    <row r="20" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B19" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="2">
         <v>19</v>
       </c>
-      <c r="B20" s="1" t="s">
-[...3 lines deleted...]
-    <row r="21" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B20" s="3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="21" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="2">
         <v>20</v>
       </c>
-      <c r="B21" s="1" t="s">
-[...3 lines deleted...]
-    <row r="22" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B21" s="3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="22" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="2">
         <v>21</v>
       </c>
-      <c r="B22" s="1" t="s">
-[...3 lines deleted...]
-    <row r="23" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B22" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="23" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="2">
         <v>22</v>
       </c>
-      <c r="B23" s="1" t="s">
-[...3 lines deleted...]
-    <row r="24" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B23" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="24" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="2">
         <v>23</v>
       </c>
-      <c r="B24" s="1" t="s">
-[...3 lines deleted...]
-    <row r="25" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B24" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="25" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="2">
         <v>24</v>
       </c>
-      <c r="B25" s="1" t="s">
-[...3 lines deleted...]
-    <row r="26" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B25" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="26" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="2">
         <v>25</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="B26" s="3" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="27" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="2">
         <v>26</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="B27" s="3" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="28" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="2">
         <v>27</v>
       </c>
-      <c r="B28" s="1" t="s">
-[...3 lines deleted...]
-    <row r="29" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B28" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="29" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="2">
         <v>28</v>
       </c>
-      <c r="B29" s="1" t="s">
-[...3 lines deleted...]
-    <row r="30" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B29" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="30" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="2">
         <v>29</v>
       </c>
-      <c r="B30" s="1" t="s">
-[...3 lines deleted...]
-    <row r="31" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B30" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="31" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="2">
         <v>30</v>
       </c>
-      <c r="B31" s="1" t="s">
-[...3 lines deleted...]
-    <row r="32" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B31" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="32" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="2">
         <v>31</v>
       </c>
-      <c r="B32" s="1" t="s">
-[...4 lines deleted...]
-      <c r="A33" s="2">
+      <c r="B32" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="33" spans="1:2" s="6" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="4">
         <v>32</v>
       </c>
-      <c r="B33" s="1" t="s">
+      <c r="B33" s="5" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="34" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A34" s="2">
+    <row r="34" spans="1:2" s="6" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="4">
         <v>33</v>
       </c>
-      <c r="B34" s="1" t="s">
+      <c r="B34" s="5" t="s">
         <v>33</v>
+      </c>
+    </row>
+    <row r="35" spans="1:2" s="6" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="4">
+        <v>34</v>
+      </c>
+      <c r="B35" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="36" spans="1:2" s="6" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="4">
+        <v>35</v>
+      </c>
+      <c r="B36" s="5" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="37" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="2">
+        <v>36</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr> Kontam. lokacije 2017-2023.</vt:lpstr>
+      <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Darko Damnjanovic</dc:creator>
+  <dc:creator>Darko Damnjanović</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>