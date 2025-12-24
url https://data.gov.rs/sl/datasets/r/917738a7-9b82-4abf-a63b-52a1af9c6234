--- v0 (2025-10-03)
+++ v1 (2025-12-24)
@@ -1,87 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Svetlana\Desktop\Vizuelizacije\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{090F884D-E74E-44CD-84D9-89CC939BADF6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CD43CF57-443A-48F2-BE89-ACD517C3EECC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{70449AF5-ED74-4ADB-A7B6-13456E434099}"/>
   </bookViews>
   <sheets>
     <sheet name="РЕГИОНИ" sheetId="4" r:id="rId1"/>
     <sheet name="ОПШТИНА" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1087" uniqueCount="246">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1087" uniqueCount="247">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Општина</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>Документ</t>
   </si>
   <si>
     <t>Период важења</t>
   </si>
   <si>
     <t>АДА</t>
   </si>
   <si>
     <t>Није доступан Агенцији</t>
   </si>
   <si>
     <t>АЛЕКСАНДРОВАЦ</t>
   </si>
   <si>
@@ -573,53 +573,50 @@
   <si>
     <t>https://sepa.gov.rs/wp-content/uploads/2024/10/RPUO-Subotica.pdf</t>
   </si>
   <si>
     <t>https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Bor.pdf</t>
   </si>
   <si>
     <t>https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Bosilegrad.pdf</t>
   </si>
   <si>
     <t>https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Golubac.pdf</t>
   </si>
   <si>
     <t>https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-GornjiMilanovac.pdf</t>
   </si>
   <si>
     <t>https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Ivanjica.pdf</t>
   </si>
   <si>
     <t>https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Kladovo.pdf</t>
   </si>
   <si>
     <t>https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Krusevac.pdf</t>
   </si>
   <si>
-    <t>https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Razanj.pdf</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Subotica.pdf</t>
   </si>
   <si>
     <t>https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Surdulica.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">РЕГИОН </t>
   </si>
   <si>
     <t>ВОЖДОВАЦ</t>
   </si>
   <si>
     <t>ВРАЧАР</t>
   </si>
   <si>
     <t>ГРОЦКА</t>
   </si>
   <si>
     <t>ЗВЕЗДАРА</t>
   </si>
   <si>
     <t>ЗЕМУН</t>
   </si>
   <si>
     <t>МЛАДЕНОВАЦ</t>
@@ -775,50 +772,56 @@
     <t>https://sepa.gov.rs/wp-content/uploads/2025/05/LPUO-Prokuplje.pdf</t>
   </si>
   <si>
     <t>https://sepa.gov.rs/wp-content/uploads/2025/05/RPUO-Pirot.pdf</t>
   </si>
   <si>
     <t>https://sepa.gov.rs/wp-content/uploads/2025/07/LPUO-Sombor.pdf</t>
   </si>
   <si>
     <t>https://sepa.gov.rs/wp-content/uploads/2025/07/LPUO-Sid.pdf</t>
   </si>
   <si>
     <t>https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Sombor.pdf</t>
   </si>
   <si>
     <t>https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Novi-Sad.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Novi-Sad.pdf </t>
   </si>
   <si>
     <t>2019-2028</t>
   </si>
   <si>
     <t xml:space="preserve">https://sepa.gov.rs/wp-content/uploads/2025/07/LPUO-Novi-Sad.pdf </t>
+  </si>
+  <si>
+    <t>2025-2030</t>
+  </si>
+  <si>
+    <t>https://sepa.gov.rs/wp-content/uploads/2025/12/LPUO-Razanj.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -1349,2552 +1352,2552 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Sombor.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Novi-Sad.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/05/RPUO-Pirot.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Sombor.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Novi-Sad.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Novi-Sad.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/05/RPUO-Pirot.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Novi-Sad.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/05/RPUO-Pirot.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Sombor.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Novi-Sad.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Sombor.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Novi-Sad.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Novi-Sad.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/05/RPUO-Pirot.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Sombor.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Novi-Sad.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Razanj.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Sremska-Mitrovica.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Plandiste.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Golubac.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/05/LPUO-Jagodina.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Krusevac.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Leskovac.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Sokobanja.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/LPUO-Novi-Sad.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Bosilegrad.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Backa-Palanka.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/05/LPUO-Stara-Pazova.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Bor.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Kladovo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Kula.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/LPUO-Sid.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Ivanjica.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Mionica.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/LPUO-Sombor.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Surdulica.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Kucevo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-GornjiMilanovac.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Subotica.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Indjija.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/05/LPUO-Prokuplje.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/12/LPUO-Razanj.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Sremska-Mitrovica.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Plandiste.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Golubac.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/05/LPUO-Jagodina.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Krusevac.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Leskovac.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Sokobanja.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/LPUO-Novi-Sad.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Bosilegrad.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Backa-Palanka.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/05/LPUO-Stara-Pazova.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Bor.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Kladovo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Kula.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/LPUO-Sid.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Ivanjica.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Mionica.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/LPUO-Sombor.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Surdulica.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Kucevo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-GornjiMilanovac.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Subotica.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Indjija.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/05/LPUO-Prokuplje.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A4BC66CF-9FE1-4B4A-924F-C4A351D5E0DE}">
   <dimension ref="A1:F162"/>
   <sheetViews>
     <sheetView topLeftCell="A107" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="G109" sqref="G109"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="119" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="24.42578125" customWidth="1"/>
     <col min="2" max="2" width="19.85546875" customWidth="1"/>
     <col min="3" max="3" width="42.5703125" customWidth="1"/>
     <col min="4" max="4" width="9.85546875" customWidth="1"/>
     <col min="5" max="5" width="21.42578125" customWidth="1"/>
     <col min="6" max="6" width="23.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="B1" t="s">
         <v>162</v>
       </c>
       <c r="C1" t="s">
         <v>163</v>
       </c>
       <c r="D1" t="s">
         <v>164</v>
       </c>
       <c r="E1" t="s">
         <v>165</v>
       </c>
       <c r="F1" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="2" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>25</v>
       </c>
       <c r="B2" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D2" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="3" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>25</v>
       </c>
       <c r="B3" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D3" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="4" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D4" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="5" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>25</v>
       </c>
       <c r="B5" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D5" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="6" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>25</v>
       </c>
       <c r="B6" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D6" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="7" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>25</v>
       </c>
       <c r="B7" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D7" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="8" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>25</v>
       </c>
       <c r="B8" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D8" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="9" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>25</v>
       </c>
       <c r="B9" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D9" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="10" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>25</v>
       </c>
       <c r="B10" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D10" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="11" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D11" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="12" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>25</v>
       </c>
       <c r="B12" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D12" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="13" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>25</v>
       </c>
       <c r="B13" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D13" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="14" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>25</v>
       </c>
       <c r="B14" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D14" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="15" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>25</v>
       </c>
       <c r="B15" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D15" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="16" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
         <v>37</v>
       </c>
       <c r="B16" t="s">
         <v>16</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D16" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D17" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
         <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D18" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
         <v>37</v>
       </c>
       <c r="B19" t="s">
         <v>75</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D19" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="20" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
         <v>37</v>
       </c>
       <c r="B20" t="s">
         <v>78</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D20" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="21" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>37</v>
       </c>
       <c r="B21" t="s">
         <v>84</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D21" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="22" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>37</v>
       </c>
       <c r="B22" t="s">
         <v>85</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D22" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="23" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>37</v>
       </c>
       <c r="B23" t="s">
         <v>91</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D23" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="24" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
         <v>37</v>
       </c>
       <c r="B24" t="s">
         <v>99</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D24" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="25" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
         <v>37</v>
       </c>
       <c r="B25" t="s">
         <v>108</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D25" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="26" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
         <v>37</v>
       </c>
       <c r="B26" t="s">
         <v>110</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D26" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="27" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
         <v>37</v>
       </c>
       <c r="B27" t="s">
         <v>154</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D27" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="28" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>37</v>
       </c>
       <c r="B28" t="s">
         <v>89</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D28" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="29" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>37</v>
       </c>
       <c r="B29" t="s">
         <v>94</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D29" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="30" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>37</v>
       </c>
       <c r="B30" t="s">
         <v>92</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D30" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="31" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B31" t="s">
         <v>33</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D31" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="32" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B32" t="s">
         <v>36</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D32" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="33" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B33" t="s">
         <v>44</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D33" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="34" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B34" t="s">
         <v>121</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D34" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="35" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B35" t="s">
         <v>145</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D35" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="36" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B36" t="s">
         <v>149</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D36" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="37" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D37" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="38" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="B38" t="s">
         <v>23</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D38" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="39" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="B39" t="s">
         <v>47</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D39" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="40" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="B40" t="s">
         <v>118</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D40" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="41" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B41" t="s">
         <v>30</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D41" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="42" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B42" t="s">
         <v>31</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D42" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="43" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B43" t="s">
         <v>59</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D43" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="44" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B44" t="s">
         <v>68</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D44" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="45" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B45" t="s">
         <v>71</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D45" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="46" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B46" t="s">
         <v>93</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D46" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="47" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B47" t="s">
         <v>100</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D47" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="48" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B48" t="s">
         <v>63</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D48" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="49" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B49" t="s">
         <v>64</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D49" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="50" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B50" t="s">
         <v>115</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D50" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="51" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B51" t="s">
         <v>141</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D51" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="52" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B52" t="s">
         <v>142</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D52" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="53" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B53" t="s">
         <v>39</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D53" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="54" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B54" t="s">
         <v>65</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D54" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="55" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B55" t="s">
         <v>113</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D55" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="56" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B56" t="s">
         <v>136</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D56" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="57" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B57" t="s">
         <v>153</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D57" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="58" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="B58" t="s">
         <v>5</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D58" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="59" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="B59" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D59" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="60" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="B60" t="s">
         <v>67</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D60" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="61" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="B61" t="s">
         <v>103</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D61" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="62" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="B62" t="s">
         <v>104</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D62" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="63" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="B63" t="s">
         <v>11</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D63" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="64" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="B64" t="s">
         <v>17</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D64" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="65" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="B65" t="s">
         <v>50</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D65" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="66" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="B66" t="s">
         <v>70</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D66" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="67" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="B67" t="s">
         <v>76</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D67" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="68" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="B68" t="s">
         <v>128</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D68" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="69" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="B69" t="s">
         <v>148</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D69" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="70" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B70" t="s">
         <v>46</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D70" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="71" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B71" t="s">
         <v>77</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D71" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="72" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B72" t="s">
         <v>150</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D72" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="73" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="B73" t="s">
         <v>7</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D73" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="74" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="B74" t="s">
         <v>27</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D74" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="75" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="B75" t="s">
         <v>35</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D75" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="76" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="B76" t="s">
         <v>38</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D76" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="77" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="B77" t="s">
         <v>79</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D77" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="78" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="B78" t="s">
         <v>152</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D78" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="79" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="B79" t="s">
         <v>51</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D79" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="80" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="B80" t="s">
         <v>86</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D80" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="81" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="B81" t="s">
         <v>126</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D81" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="82" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="B82" t="s">
         <v>130</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D82" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="83" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="B83" t="s">
         <v>29</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D83" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="84" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="B84" t="s">
         <v>42</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D84" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="85" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="B85" t="s">
         <v>43</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D85" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="86" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="B86" t="s">
         <v>88</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D86" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="87" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="B87" t="s">
         <v>87</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D87" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="88" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="B88" t="s">
         <v>97</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D88" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="89" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="B89" t="s">
         <v>156</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D89" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="90" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
         <v>60</v>
       </c>
       <c r="B90" t="s">
         <v>57</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D90" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="91" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
         <v>60</v>
       </c>
       <c r="B91" t="s">
         <v>60</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D91" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="92" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
         <v>60</v>
       </c>
       <c r="B92" t="s">
         <v>133</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D92" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="93" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
         <v>60</v>
       </c>
       <c r="B93" t="s">
         <v>147</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D93" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="94" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D94" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="95" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B95" t="s">
         <v>48</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D95" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="96" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B96" t="s">
         <v>53</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D96" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="97" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B97" t="s">
         <v>58</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D97" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="98" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B98" t="s">
         <v>82</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D98" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="99" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B99" t="s">
         <v>98</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D99" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="100" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B100" t="s">
         <v>101</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D100" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="101" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B101" t="s">
         <v>124</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D101" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="102" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A102" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B102" t="s">
         <v>125</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D102" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="103" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B103" t="s">
         <v>131</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D103" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="104" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B104" t="s">
         <v>137</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D104" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="105" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="B105" t="s">
         <v>102</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D105" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="106" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="B106" t="s">
         <v>122</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D106" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="107" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="B107" t="s">
         <v>123</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D107" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="108" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A108" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="B108" t="s">
         <v>134</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D108" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="109" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A109" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="B109" t="s">
         <v>19</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D109" t="s">
         <v>15</v>
       </c>
       <c r="E109" s="7" t="s">
+        <v>242</v>
+      </c>
+      <c r="F109" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="110" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A110" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="B110" t="s">
         <v>21</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D110" t="s">
         <v>15</v>
       </c>
       <c r="E110" s="7" t="s">
+        <v>242</v>
+      </c>
+      <c r="F110" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="111" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A111" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="B111" t="s">
         <v>24</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D111" t="s">
         <v>15</v>
       </c>
       <c r="E111" s="7" t="s">
+        <v>242</v>
+      </c>
+      <c r="F111" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="112" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A112" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="B112" t="s">
         <v>45</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D112" t="s">
         <v>15</v>
       </c>
       <c r="E112" s="7" t="s">
+        <v>242</v>
+      </c>
+      <c r="F112" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="113" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A113" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="B113" t="s">
         <v>54</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D113" t="s">
         <v>15</v>
       </c>
       <c r="E113" s="7" t="s">
+        <v>242</v>
+      </c>
+      <c r="F113" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="114" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A114" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="B114" t="s">
         <v>107</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D114" t="s">
         <v>15</v>
       </c>
       <c r="E114" s="7" t="s">
+        <v>242</v>
+      </c>
+      <c r="F114" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="115" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A115" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="B115" t="s">
         <v>139</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D115" t="s">
         <v>15</v>
       </c>
       <c r="E115" s="7" t="s">
+        <v>242</v>
+      </c>
+      <c r="F115" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="116" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A116" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="B116" t="s">
         <v>146</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D116" t="s">
         <v>15</v>
       </c>
       <c r="E116" s="7" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="F116" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
     </row>
     <row r="117" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A117" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="B117" t="s">
         <v>72</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D117" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="118" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A118" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="B118" t="s">
         <v>73</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D118" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="119" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A119" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="B119" t="s">
         <v>109</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D119" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="120" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A120" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="B120" t="s">
         <v>112</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D120" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="121" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A121" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="B121" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D121" t="s">
         <v>15</v>
       </c>
       <c r="E121" s="7" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="F121" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
     </row>
     <row r="122" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A122" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="B122" t="s">
         <v>22</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D122" t="s">
         <v>15</v>
       </c>
       <c r="E122" s="7" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="F122" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
     </row>
     <row r="123" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A123" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="B123" t="s">
         <v>52</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D123" t="s">
         <v>15</v>
       </c>
       <c r="E123" s="7" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="F123" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
     </row>
     <row r="124" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A124" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="B124" t="s">
         <v>116</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D124" t="s">
         <v>15</v>
       </c>
       <c r="E124" s="7" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="F124" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
     </row>
     <row r="125" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A125" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B125" t="s">
         <v>55</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D125" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="126" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A126" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B126" t="s">
         <v>56</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D126" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="127" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A127" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B127" t="s">
         <v>83</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D127" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="128" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A128" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B128" t="s">
         <v>96</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D128" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="129" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A129" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B129" t="s">
         <v>114</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D129" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="130" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A130" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B130" t="s">
         <v>119</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D130" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="131" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A131" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="B131" t="s">
         <v>106</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D131" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="132" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A132" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="B132" t="s">
         <v>127</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D132" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="133" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A133" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="B133" t="s">
         <v>151</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D133" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="134" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A134" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="B134" t="s">
         <v>40</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D134" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="135" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A135" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="B135" t="s">
         <v>49</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D135" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="136" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A136" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="B136" t="s">
         <v>135</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D136" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="137" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A137" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B137" t="s">
         <v>10</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D137" t="s">
         <v>15</v>
       </c>
       <c r="E137" s="7" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="F137" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
     </row>
     <row r="138" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A138" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B138" t="s">
         <v>18</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D138" t="s">
         <v>15</v>
       </c>
       <c r="E138" s="7" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="F138" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
     </row>
     <row r="139" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A139" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B139" t="s">
         <v>81</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D139" t="s">
         <v>15</v>
       </c>
       <c r="E139" s="7" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="F139" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
     </row>
     <row r="140" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A140" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B140" t="s">
         <v>111</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D140" t="s">
         <v>15</v>
       </c>
       <c r="E140" s="7" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="F140" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
     </row>
     <row r="141" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A141" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B141" t="s">
         <v>138</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D141" t="s">
         <v>15</v>
       </c>
       <c r="E141" s="7" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="F141" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
     </row>
     <row r="142" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A142" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="B142" t="s">
         <v>28</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D142" t="s">
         <v>15</v>
       </c>
       <c r="E142" t="s">
         <v>169</v>
       </c>
       <c r="F142" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="143" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A143" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="B143" t="s">
         <v>129</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D143" t="s">
         <v>15</v>
       </c>
       <c r="E143" t="s">
         <v>169</v>
       </c>
       <c r="F143" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="144" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A144" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="B144" t="s">
         <v>140</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D144" t="s">
         <v>15</v>
       </c>
       <c r="E144" t="s">
         <v>169</v>
       </c>
       <c r="F144" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="145" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A145" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="B145" t="s">
         <v>160</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D145" t="s">
         <v>15</v>
       </c>
       <c r="E145" t="s">
         <v>169</v>
       </c>
       <c r="F145" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="146" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A146" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="B146" t="s">
         <v>161</v>
       </c>
       <c r="C146" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D146" t="s">
         <v>15</v>
       </c>
       <c r="E146" t="s">
         <v>169</v>
       </c>
       <c r="F146" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="147" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A147" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="B147" t="s">
         <v>20</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D147" t="s">
         <v>15</v>
       </c>
       <c r="E147" t="s">
         <v>170</v>
       </c>
       <c r="F147" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="148" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A148" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="B148" t="s">
         <v>66</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D148" t="s">
         <v>15</v>
       </c>
       <c r="E148" t="s">
         <v>170</v>
       </c>
       <c r="F148" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="149" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A149" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="B149" t="s">
         <v>95</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D149" t="s">
         <v>15</v>
       </c>
       <c r="E149" t="s">
         <v>170</v>
       </c>
       <c r="F149" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="150" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A150" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="B150" t="s">
         <v>105</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D150" t="s">
         <v>15</v>
       </c>
       <c r="E150" t="s">
         <v>170</v>
       </c>
       <c r="F150" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="151" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A151" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="B151" t="s">
         <v>132</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D151" t="s">
         <v>15</v>
       </c>
       <c r="E151" t="s">
         <v>170</v>
       </c>
       <c r="F151" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="152" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A152" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="B152" t="s">
         <v>143</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D152" t="s">
         <v>15</v>
       </c>
       <c r="E152" t="s">
         <v>170</v>
       </c>
       <c r="F152" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="153" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A153" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="B153" t="s">
         <v>159</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D153" t="s">
         <v>15</v>
       </c>
       <c r="E153" t="s">
         <v>170</v>
       </c>
       <c r="F153" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="154" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A154" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="B154" t="s">
         <v>12</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D154" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="155" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A155" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="B155" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D155" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="156" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A156" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="B156" t="s">
         <v>61</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D156" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="157" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A157" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="B157" t="s">
         <v>74</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D157" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="158" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A158" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="B158" t="s">
         <v>90</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D158" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="159" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A159" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="B159" t="s">
         <v>120</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D159" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="160" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A160" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="B160" t="s">
         <v>155</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D160" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="161" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A161" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="B161" t="s">
         <v>158</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D161" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="162" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A162" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="B162" t="s">
         <v>157</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D162" t="s">
         <v>168</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E124" r:id="rId1" xr:uid="{39F00675-8EE6-4553-8728-C896A47B57F1}"/>
     <hyperlink ref="E123" r:id="rId2" xr:uid="{87001003-1383-4B3B-AF7B-353782CF8F46}"/>
     <hyperlink ref="E122" r:id="rId3" xr:uid="{89852114-C9C7-4F4B-928D-B773FA353505}"/>
     <hyperlink ref="E121" r:id="rId4" xr:uid="{DA9EA664-3C8F-40A6-9744-D45C7F7502A6}"/>
     <hyperlink ref="E141" r:id="rId5" xr:uid="{1098FB58-7BD1-4DBB-9B63-20F29EF49A41}"/>
     <hyperlink ref="E140" r:id="rId6" xr:uid="{E6F287C2-3F9F-4DD6-B4E2-D3017FA69A2B}"/>
     <hyperlink ref="E139" r:id="rId7" xr:uid="{9C1DEB97-9C2C-4E57-AD0C-27723E8BB9DE}"/>
     <hyperlink ref="E138" r:id="rId8" xr:uid="{61C2BAF4-3B64-4803-B9E4-05F344E2E9E1}"/>
     <hyperlink ref="E137" r:id="rId9" xr:uid="{2DE6B81B-190E-4FD2-9E59-4F1C91BFEBAE}"/>
     <hyperlink ref="E116" r:id="rId10" xr:uid="{C3DECA13-0F6F-450C-AAA6-1EA91EBCD1FB}"/>
     <hyperlink ref="E115" r:id="rId11" xr:uid="{47F27A5F-E2D3-4885-BE27-521E46B98881}"/>
     <hyperlink ref="E114" r:id="rId12" xr:uid="{7A835102-880D-4980-AD34-CE7359B20D5C}"/>
     <hyperlink ref="E113" r:id="rId13" xr:uid="{EEB4F94C-E806-42D6-8D1B-1CE402449D63}"/>
     <hyperlink ref="E112" r:id="rId14" xr:uid="{33326BB5-7FC7-4D08-A2DE-25426E34BA3A}"/>
     <hyperlink ref="E111" r:id="rId15" xr:uid="{9744AF68-FDBF-482A-BB6B-6D6FF5A84492}"/>
     <hyperlink ref="E110" r:id="rId16" xr:uid="{B5EE22F6-7528-4900-9AE7-5BE9F77BD4E5}"/>
     <hyperlink ref="E109" r:id="rId17" xr:uid="{5B0C8FA8-9C04-4D8C-8DEB-7E6EC4347A6C}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId18"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{47284FC1-67C2-4E8C-84F7-B629D5664418}">
   <dimension ref="A1:E162"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A96" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="G112" sqref="G112"/>
+    <sheetView tabSelected="1" topLeftCell="A98" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="D127" sqref="D127"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="7.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="25.5703125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="21.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="20.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
@@ -4035,54 +4038,54 @@
       <c r="E12" s="1"/>
     </row>
     <row r="13" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>12</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E13" s="1"/>
     </row>
     <row r="14" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>13</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D14" s="7" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>14</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E15" s="1"/>
     </row>
     <row r="16" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>15</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E16" s="1"/>
@@ -4106,207 +4109,207 @@
       <c r="B18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E18" s="1"/>
     </row>
     <row r="19" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>18</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E19" s="1"/>
     </row>
     <row r="20" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>19</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E20" s="1"/>
     </row>
     <row r="21" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>20</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E21" s="1"/>
     </row>
     <row r="22" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>21</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E22" s="1"/>
     </row>
     <row r="23" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>22</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E23" s="1"/>
     </row>
     <row r="24" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>23</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E24" s="1"/>
     </row>
     <row r="25" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>24</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E25" s="1"/>
     </row>
     <row r="26" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>25</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E26" s="1"/>
     </row>
     <row r="27" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>26</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E27" s="1"/>
     </row>
     <row r="28" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>27</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E28" s="1"/>
     </row>
     <row r="29" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>28</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E29" s="1"/>
     </row>
     <row r="30" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>29</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E30" s="1"/>
     </row>
     <row r="31" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>30</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E31" s="1"/>
     </row>
     <row r="32" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>31</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E32" s="1"/>
     </row>
     <row r="33" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>32</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E33" s="1"/>
     </row>
     <row r="34" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E34" s="1"/>
     </row>
     <row r="35" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>34</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>27</v>
       </c>
@@ -4546,51 +4549,51 @@
       <c r="A54" s="3">
         <v>53</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E54" s="1"/>
     </row>
     <row r="55" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>54</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>173</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
     </row>
     <row r="56" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>55</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>174</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="57" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>56</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>51</v>
@@ -4714,83 +4717,83 @@
       </c>
       <c r="B67" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>175</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="68" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>67</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D68" s="7" t="s">
+        <v>224</v>
+      </c>
+      <c r="E68" s="1" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="69" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>68</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C69" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E69" s="1"/>
     </row>
     <row r="70" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>69</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D70" s="7" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
     </row>
     <row r="71" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>70</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C71" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E71" s="1"/>
     </row>
     <row r="72" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>71</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C72" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E72" s="1"/>
@@ -4926,80 +4929,80 @@
       </c>
       <c r="B83" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>177</v>
       </c>
       <c r="E83" s="1" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="84" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>83</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C84" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D84" s="6" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
     </row>
     <row r="85" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>84</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C85" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E85" s="1"/>
     </row>
     <row r="86" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>85</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D86" s="7" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="E86" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="87" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>86</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C87" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E87" s="1"/>
     </row>
     <row r="88" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>87</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C88" s="3" t="s">
@@ -5009,54 +5012,54 @@
     </row>
     <row r="89" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>88</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C89" s="3" t="s">
         <v>6</v>
       </c>
       <c r="D89" s="4"/>
       <c r="E89" s="1"/>
     </row>
     <row r="90" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>89</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D90" s="6" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
     </row>
     <row r="91" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>90</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C91" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E91" s="1"/>
     </row>
     <row r="92" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>91</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C92" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E92" s="1"/>
@@ -5158,54 +5161,54 @@
       <c r="E100" s="1"/>
     </row>
     <row r="101" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>100</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C101" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E101" s="1"/>
     </row>
     <row r="102" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>101</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D102" s="7" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
     </row>
     <row r="103" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>102</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C103" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E103" s="1"/>
     </row>
     <row r="104" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>103</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C104" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E104" s="1"/>
@@ -5259,51 +5262,51 @@
       <c r="E108" s="1"/>
     </row>
     <row r="109" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>108</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C109" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E109" s="1"/>
     </row>
     <row r="110" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>109</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C110" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D110" s="7" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="E110" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="111" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>110</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C111" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E111" s="1"/>
     </row>
     <row r="112" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>111</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C112" s="3" t="s">
@@ -5372,71 +5375,71 @@
       <c r="E117" s="1"/>
     </row>
     <row r="118" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>117</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C118" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E118" s="1"/>
     </row>
     <row r="119" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>118</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C119" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D119" s="4" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="E119" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="120" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>119</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C120" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D120" s="7" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
     </row>
     <row r="121" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>120</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C121" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E121" s="1"/>
     </row>
     <row r="122" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>121</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C122" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E122" s="1"/>
@@ -5466,71 +5469,71 @@
       <c r="E124" s="1"/>
     </row>
     <row r="125" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>124</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C125" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E125" s="1"/>
     </row>
     <row r="126" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>125</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C126" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D126" s="7" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="E126" s="1" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="127" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>126</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C127" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D127" s="4" t="s">
-        <v>178</v>
+        <v>246</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>69</v>
+        <v>245</v>
       </c>
     </row>
     <row r="128" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>127</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C128" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E128" s="1"/>
     </row>
     <row r="129" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>128</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C129" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E129" s="1"/>
@@ -5632,160 +5635,160 @@
       <c r="E137" s="1"/>
     </row>
     <row r="138" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>137</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C138" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E138" s="1"/>
     </row>
     <row r="139" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>138</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C139" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D139" s="7" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
     </row>
     <row r="140" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>139</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C140" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D140" s="7" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="E140" s="1" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="141" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>140</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C141" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E141" s="1"/>
     </row>
     <row r="142" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>141</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D142" s="7" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="E142" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="143" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>142</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C143" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E143" s="1"/>
     </row>
     <row r="144" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>143</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C144" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D144" s="7" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="E144" s="1" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="145" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>144</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C145" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D145" s="4" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="E145" s="1" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="146" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>145</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C146" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D146" s="4" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="E146" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="147" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>146</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C147" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E147" s="1"/>
     </row>
     <row r="148" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>147</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C148" s="3" t="s">
@@ -5938,54 +5941,54 @@
       <c r="E160" s="1"/>
     </row>
     <row r="161" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>160</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C161" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E161" s="1"/>
     </row>
     <row r="162" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>161</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C162" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D162" s="7" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="D39" r:id="rId1" xr:uid="{FD1E1312-CAD9-419F-99F4-BD4802B275F8}"/>
     <hyperlink ref="D40" r:id="rId2" xr:uid="{639862B3-22E8-47BB-B8FB-076B9EE59120}"/>
     <hyperlink ref="D55" r:id="rId3" xr:uid="{7141D828-E2AE-4DC0-AE54-13532ED34810}"/>
     <hyperlink ref="D56" r:id="rId4" xr:uid="{25A6B9DC-1EDF-46A9-95F8-7F5C33FEE1DD}"/>
     <hyperlink ref="D67" r:id="rId5" xr:uid="{CDF480A6-5340-46E8-A7DE-5E05104A20F6}"/>
     <hyperlink ref="D73" r:id="rId6" xr:uid="{86CC2D5B-1B31-45E0-BF52-8D39B73DCAEF}"/>
     <hyperlink ref="D83" r:id="rId7" xr:uid="{1515513A-C33F-439D-B44D-F93C6F74B538}"/>
     <hyperlink ref="D127" r:id="rId8" xr:uid="{C645C96E-8DAC-4102-B770-3100B158ED59}"/>
     <hyperlink ref="D145" r:id="rId9" xr:uid="{C168C69C-21ED-48A5-B900-B146053F25E7}"/>
     <hyperlink ref="D146" r:id="rId10" xr:uid="{EC83C932-7D25-4D5E-9920-1109488477D0}"/>
     <hyperlink ref="D84" r:id="rId11" xr:uid="{62B9BE54-203B-45D5-A199-2A5BE4D8F303}"/>
     <hyperlink ref="D90" r:id="rId12" xr:uid="{169E38ED-58E6-4A91-B582-CE4F408CCB1B}"/>
     <hyperlink ref="D142" r:id="rId13" xr:uid="{1E5FD96E-4ED2-4514-B68F-1CD7C2A5504A}"/>
     <hyperlink ref="D68" r:id="rId14" xr:uid="{D848B3E6-4A4D-4041-926B-F8EE4C65BC65}"/>
     <hyperlink ref="D102" r:id="rId15" xr:uid="{95AD70CE-BBCD-487D-A51F-249F91DB9A36}"/>
     <hyperlink ref="D14" r:id="rId16" xr:uid="{0BE28520-0382-4A8C-8FE2-471B1C7FBF9B}"/>
     <hyperlink ref="D139" r:id="rId17" xr:uid="{9A8CB568-380B-417F-94BC-474497FF54B2}"/>
     <hyperlink ref="D120" r:id="rId18" xr:uid="{D668122F-AC8A-495B-A48A-28F11AA2F246}"/>
     <hyperlink ref="D86" r:id="rId19" xr:uid="{C33EEFBB-5ED4-4481-8687-00A73FAE7C51}"/>
     <hyperlink ref="D144" r:id="rId20" xr:uid="{ABE4C21E-0264-4CAC-982A-AB8BE3646CE2}"/>
     <hyperlink ref="D70" r:id="rId21" xr:uid="{3F415978-21FE-4588-A658-6A382A724334}"/>