--- v1 (2025-12-24)
+++ v2 (2026-02-23)
@@ -1,87 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Svetlana\Desktop\Vizuelizacije\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CD43CF57-443A-48F2-BE89-ACD517C3EECC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9C3AF430-E449-446B-8D3E-3615563A5CEA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{70449AF5-ED74-4ADB-A7B6-13456E434099}"/>
+    <workbookView xWindow="17685" yWindow="225" windowWidth="11115" windowHeight="15135" activeTab="1" xr2:uid="{70449AF5-ED74-4ADB-A7B6-13456E434099}"/>
   </bookViews>
   <sheets>
     <sheet name="РЕГИОНИ" sheetId="4" r:id="rId1"/>
     <sheet name="ОПШТИНА" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1087" uniqueCount="247">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1141" uniqueCount="264">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Општина</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>Документ</t>
   </si>
   <si>
     <t>Период важења</t>
   </si>
   <si>
     <t>АДА</t>
   </si>
   <si>
     <t>Није доступан Агенцији</t>
   </si>
   <si>
     <t>АЛЕКСАНДРОВАЦ</t>
   </si>
   <si>
@@ -225,53 +225,50 @@
   <si>
     <t>ЖАБАЉ</t>
   </si>
   <si>
     <t>ЖАБАРИ</t>
   </si>
   <si>
     <t>ЖАГУБИЦА</t>
   </si>
   <si>
     <t>ЖИТИШТЕ</t>
   </si>
   <si>
     <t>ЖИТОРАЂА</t>
   </si>
   <si>
     <t>ЗАЈЕЧАР</t>
   </si>
   <si>
     <t>ЗРЕЊАНИН</t>
   </si>
   <si>
     <t>ИВАЊИЦА</t>
   </si>
   <si>
-    <t>2015-2025</t>
-[...1 lines deleted...]
-  <si>
     <t>ИНЂИЈА</t>
   </si>
   <si>
     <t>ИРИГ</t>
   </si>
   <si>
     <t>ЈАГОДИНА</t>
   </si>
   <si>
     <t>КАЊИЖА</t>
   </si>
   <si>
     <t>КИКИНДА</t>
   </si>
   <si>
     <t>КЛАДОВО</t>
   </si>
   <si>
     <t>2020-2030</t>
   </si>
   <si>
     <t>КНИЋ</t>
   </si>
   <si>
     <t>КЊАЖЕВАЦ</t>
@@ -279,53 +276,50 @@
   <si>
     <t>КОВАЧИЦА</t>
   </si>
   <si>
     <t>КОВИН</t>
   </si>
   <si>
     <t>КОСЈЕРИЋ</t>
   </si>
   <si>
     <t>КОЦЕЉЕВА</t>
   </si>
   <si>
     <t>КРАГУЈЕВАЦ</t>
   </si>
   <si>
     <t>КРАЉЕВО</t>
   </si>
   <si>
     <t>КРУПАЊ</t>
   </si>
   <si>
     <t>КРУШЕВАЦ</t>
   </si>
   <si>
-    <t>2016-2025</t>
-[...1 lines deleted...]
-  <si>
     <t>КУЛА</t>
   </si>
   <si>
     <t>КУРШУМЛИЈА</t>
   </si>
   <si>
     <t>КУЧЕВО</t>
   </si>
   <si>
     <t>ЛАЗАРЕВАЦ</t>
   </si>
   <si>
     <t>ЛАЈКОВАЦ</t>
   </si>
   <si>
     <t>ЛАПОВО</t>
   </si>
   <si>
     <t>ЛЕСКОВАЦ</t>
   </si>
   <si>
     <t>ЛЕБАНЕ</t>
   </si>
   <si>
     <t>ЛОЗНИЦА</t>
@@ -564,65 +558,56 @@
   <si>
     <t>2024-2034</t>
   </si>
   <si>
     <t>План није доступан Агенцији</t>
   </si>
   <si>
     <t>https://sepa.gov.rs/wp-content/uploads/2024/10/RPUO-Sabac-SremskaM.pdf</t>
   </si>
   <si>
     <t>https://sepa.gov.rs/wp-content/uploads/2024/10/RPUO-Subotica.pdf</t>
   </si>
   <si>
     <t>https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Bor.pdf</t>
   </si>
   <si>
     <t>https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Bosilegrad.pdf</t>
   </si>
   <si>
     <t>https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Golubac.pdf</t>
   </si>
   <si>
     <t>https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-GornjiMilanovac.pdf</t>
   </si>
   <si>
-    <t>https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Ivanjica.pdf</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Kladovo.pdf</t>
   </si>
   <si>
-    <t>https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Krusevac.pdf</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Subotica.pdf</t>
   </si>
   <si>
-    <t>https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Surdulica.pdf</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">РЕГИОН </t>
   </si>
   <si>
     <t>ВОЖДОВАЦ</t>
   </si>
   <si>
     <t>ВРАЧАР</t>
   </si>
   <si>
     <t>ГРОЦКА</t>
   </si>
   <si>
     <t>ЗВЕЗДАРА</t>
   </si>
   <si>
     <t>ЗЕМУН</t>
   </si>
   <si>
     <t>МЛАДЕНОВАЦ</t>
   </si>
   <si>
     <t>НОВИ БЕОГРАД</t>
   </si>
   <si>
     <t>ПАЛИЛУЛА (БЕОГРАД)</t>
@@ -778,50 +763,116 @@
     <t>https://sepa.gov.rs/wp-content/uploads/2025/07/LPUO-Sombor.pdf</t>
   </si>
   <si>
     <t>https://sepa.gov.rs/wp-content/uploads/2025/07/LPUO-Sid.pdf</t>
   </si>
   <si>
     <t>https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Sombor.pdf</t>
   </si>
   <si>
     <t>https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Novi-Sad.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Novi-Sad.pdf </t>
   </si>
   <si>
     <t>2019-2028</t>
   </si>
   <si>
     <t xml:space="preserve">https://sepa.gov.rs/wp-content/uploads/2025/07/LPUO-Novi-Sad.pdf </t>
   </si>
   <si>
     <t>2025-2030</t>
   </si>
   <si>
     <t>https://sepa.gov.rs/wp-content/uploads/2025/12/LPUO-Razanj.pdf</t>
+  </si>
+  <si>
+    <t>https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Backi-Petrovac.pdf</t>
+  </si>
+  <si>
+    <t>https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Surdulica.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-NovaVaros.pdf </t>
+  </si>
+  <si>
+    <t>2025-2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Varvarin.pdf </t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Trstenik.pdf </t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Pancevo.pdf </t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-MaloCrnice.pdf </t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Lajkovac.pdf </t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Cajetina.pdf </t>
+  </si>
+  <si>
+    <t>https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Vrbas.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Beograd.pdf </t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Zabalj.pdf </t>
+  </si>
+  <si>
+    <t>https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Babusnica.pdf</t>
+  </si>
+  <si>
+    <t>2022-2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Apatin.pdf </t>
+  </si>
+  <si>
+    <t>2024-2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Boljevac.pdf </t>
+  </si>
+  <si>
+    <t>2025-2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Loznica.pdf </t>
+  </si>
+  <si>
+    <t>2025-2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Kovin.pdf </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -835,69 +886,71 @@
       <name val="Aptos"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="8">
     <dxf>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
@@ -1352,2552 +1405,2552 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Sombor.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Novi-Sad.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/05/RPUO-Pirot.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Sombor.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Novi-Sad.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Novi-Sad.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/05/RPUO-Pirot.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Novi-Sad.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/05/RPUO-Pirot.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Sombor.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Novi-Sad.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Sombor.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Novi-Sad.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Novi-Sad.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/05/RPUO-Pirot.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Sombor.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/RPUO-Novi-Sad.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/12/LPUO-Razanj.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Sremska-Mitrovica.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Plandiste.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Golubac.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/05/LPUO-Jagodina.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Krusevac.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Leskovac.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Sokobanja.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/LPUO-Novi-Sad.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Bosilegrad.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Backa-Palanka.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/05/LPUO-Stara-Pazova.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Bor.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Kladovo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Kula.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/LPUO-Sid.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Ivanjica.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Mionica.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/LPUO-Sombor.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Surdulica.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Kucevo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-GornjiMilanovac.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Subotica.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Indjija.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/05/LPUO-Prokuplje.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Backa-Palanka.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/05/LPUO-Jagodina.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Varvarin.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Beograd.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/LPUO-Sid.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Beograd.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Beograd.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Zabalj.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Boljevac.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Subotica.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Bosilegrad.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Kucevo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-MaloCrnice.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Indjija.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Surdulica.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Vrbas.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Beograd.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Beograd.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Beograd.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Kladovo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Sremska-Mitrovica.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/05/LPUO-Prokuplje.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Cajetina.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Beograd.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Kovin.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-GornjiMilanovac.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Leskovac.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Sokobanja.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/LPUO-Novi-Sad.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Trstenik.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Lajkovac.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Beograd.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Beograd.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Babusnica.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Kula.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Loznica.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Golubac.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Mionica.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/05/LPUO-Stara-Pazova.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-NovaVaros.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Beograd.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Beograd.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Beograd.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/07/LPUO-Sombor.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Beograd.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2024/10/LPUO-Bor.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/12/LPUO-Razanj.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2025/02/LPUO-Plandiste.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Backi-Petrovac.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Pancevo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Beograd.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sepa.gov.rs/wp-content/uploads/2026/02/LPUO-Apatin.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A4BC66CF-9FE1-4B4A-924F-C4A351D5E0DE}">
   <dimension ref="A1:F162"/>
   <sheetViews>
-    <sheetView topLeftCell="A107" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="G109" sqref="G109"/>
+    <sheetView topLeftCell="A121" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="E123" sqref="E123"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="119" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="24.42578125" customWidth="1"/>
     <col min="2" max="2" width="19.85546875" customWidth="1"/>
     <col min="3" max="3" width="42.5703125" customWidth="1"/>
     <col min="4" max="4" width="9.85546875" customWidth="1"/>
     <col min="5" max="5" width="21.42578125" customWidth="1"/>
     <col min="6" max="6" width="23.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="B1" t="s">
+        <v>160</v>
+      </c>
+      <c r="C1" t="s">
+        <v>161</v>
+      </c>
+      <c r="D1" t="s">
         <v>162</v>
       </c>
-      <c r="C1" t="s">
+      <c r="E1" t="s">
         <v>163</v>
       </c>
-      <c r="D1" t="s">
+      <c r="F1" t="s">
         <v>164</v>
-      </c>
-[...4 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="2" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>25</v>
       </c>
       <c r="B2" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D2" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="3" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>25</v>
       </c>
       <c r="B3" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D3" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="4" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D4" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="5" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>25</v>
       </c>
       <c r="B5" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D5" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="6" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>25</v>
       </c>
       <c r="B6" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D6" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="7" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>25</v>
       </c>
       <c r="B7" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D7" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="8" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>25</v>
       </c>
       <c r="B8" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D8" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="9" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>25</v>
       </c>
       <c r="B9" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D9" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="10" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>25</v>
       </c>
       <c r="B10" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D10" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="11" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D11" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="12" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>25</v>
       </c>
       <c r="B12" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D12" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="13" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>25</v>
       </c>
       <c r="B13" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D13" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="14" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>25</v>
       </c>
       <c r="B14" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D14" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="15" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>25</v>
       </c>
       <c r="B15" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D15" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="16" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
         <v>37</v>
       </c>
       <c r="B16" t="s">
         <v>16</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D16" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D17" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
         <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D18" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
         <v>37</v>
       </c>
       <c r="B19" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D19" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="20" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
         <v>37</v>
       </c>
       <c r="B20" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D20" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="21" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>37</v>
       </c>
       <c r="B21" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D21" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="22" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>37</v>
       </c>
       <c r="B22" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D22" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="23" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>37</v>
       </c>
       <c r="B23" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D23" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="24" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
         <v>37</v>
       </c>
       <c r="B24" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D24" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="25" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
         <v>37</v>
       </c>
       <c r="B25" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D25" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="26" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
         <v>37</v>
       </c>
       <c r="B26" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D26" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="27" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
         <v>37</v>
       </c>
       <c r="B27" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D27" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="28" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>37</v>
       </c>
       <c r="B28" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D28" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="29" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>37</v>
       </c>
       <c r="B29" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D29" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="30" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>37</v>
       </c>
       <c r="B30" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D30" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="31" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="B31" t="s">
         <v>33</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D31" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="32" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="B32" t="s">
         <v>36</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D32" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="33" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="B33" t="s">
         <v>44</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D33" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="34" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="B34" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D34" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="35" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="B35" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D35" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="36" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="B36" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D36" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="37" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D37" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="38" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="B38" t="s">
         <v>23</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D38" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="39" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="B39" t="s">
         <v>47</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D39" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="40" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="B40" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D40" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="41" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="B41" t="s">
         <v>30</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D41" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="42" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="B42" t="s">
         <v>31</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D42" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="43" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="B43" t="s">
         <v>59</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D43" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="44" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="B44" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D44" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="45" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="B45" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D45" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="46" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="B46" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D46" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="47" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="B47" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D47" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="48" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="B48" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D48" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="49" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="B49" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D49" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="50" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="B50" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D50" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="51" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="B51" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D51" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="52" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="B52" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D52" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="53" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="B53" t="s">
         <v>39</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D53" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="54" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="B54" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D54" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="55" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="B55" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D55" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="56" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="B56" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D56" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="57" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="B57" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D57" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="58" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="B58" t="s">
         <v>5</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D58" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="59" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="B59" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D59" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="60" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="B60" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D60" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="61" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="B61" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D61" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="62" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="B62" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D62" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="63" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="B63" t="s">
         <v>11</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D63" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="64" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="B64" t="s">
         <v>17</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D64" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="65" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="B65" t="s">
         <v>50</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D65" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="66" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="B66" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D66" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="67" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="B67" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D67" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="68" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="B68" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D68" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="69" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="B69" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D69" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="70" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="B70" t="s">
         <v>46</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D70" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="71" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="B71" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D71" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="72" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="B72" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D72" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="73" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="B73" t="s">
         <v>7</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D73" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="74" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="B74" t="s">
         <v>27</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D74" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="75" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="B75" t="s">
         <v>35</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D75" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="76" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="B76" t="s">
         <v>38</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D76" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="77" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="B77" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D77" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="78" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="B78" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D78" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="79" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="B79" t="s">
         <v>51</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D79" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="80" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="B80" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D80" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="81" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="B81" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D81" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="82" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="B82" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D82" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="83" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="B83" t="s">
         <v>29</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D83" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="84" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="B84" t="s">
         <v>42</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D84" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="85" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="B85" t="s">
         <v>43</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D85" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="86" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="B86" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D86" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="87" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="B87" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D87" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="88" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="B88" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D88" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="89" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="B89" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D89" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="90" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
         <v>60</v>
       </c>
       <c r="B90" t="s">
         <v>57</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D90" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="91" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
         <v>60</v>
       </c>
       <c r="B91" t="s">
         <v>60</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D91" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="92" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
         <v>60</v>
       </c>
       <c r="B92" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D92" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="93" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
         <v>60</v>
       </c>
       <c r="B93" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D93" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="94" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D94" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="95" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="B95" t="s">
         <v>48</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D95" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="96" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="B96" t="s">
         <v>53</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D96" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="97" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="B97" t="s">
         <v>58</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D97" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="98" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="B98" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D98" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="99" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="B99" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D99" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="100" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="B100" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D100" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="101" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="B101" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D101" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="102" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A102" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="B102" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D102" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="103" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="B103" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D103" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="104" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="B104" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D104" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="105" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="B105" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D105" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="106" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="B106" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D106" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="107" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="B107" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D107" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="108" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A108" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="B108" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D108" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="109" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A109" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="B109" t="s">
         <v>19</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D109" t="s">
         <v>15</v>
       </c>
       <c r="E109" s="7" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="F109" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
     </row>
     <row r="110" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A110" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="B110" t="s">
         <v>21</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D110" t="s">
         <v>15</v>
       </c>
       <c r="E110" s="7" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="F110" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
     </row>
     <row r="111" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A111" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="B111" t="s">
         <v>24</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D111" t="s">
         <v>15</v>
       </c>
       <c r="E111" s="7" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="F111" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
     </row>
     <row r="112" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A112" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="B112" t="s">
         <v>45</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D112" t="s">
         <v>15</v>
       </c>
       <c r="E112" s="7" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="F112" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
     </row>
     <row r="113" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A113" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="B113" t="s">
         <v>54</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D113" t="s">
         <v>15</v>
       </c>
       <c r="E113" s="7" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="F113" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
     </row>
     <row r="114" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A114" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="B114" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D114" t="s">
         <v>15</v>
       </c>
       <c r="E114" s="7" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="F114" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
     </row>
     <row r="115" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A115" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="B115" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D115" t="s">
         <v>15</v>
       </c>
       <c r="E115" s="7" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="F115" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
     </row>
     <row r="116" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A116" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="B116" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D116" t="s">
         <v>15</v>
       </c>
       <c r="E116" s="7" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="F116" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
     </row>
     <row r="117" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A117" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="B117" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D117" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="118" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A118" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="B118" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D118" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="119" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A119" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="B119" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D119" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="120" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A120" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="B120" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D120" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="121" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A121" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="B121" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D121" t="s">
         <v>15</v>
       </c>
       <c r="E121" s="7" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="F121" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
     </row>
     <row r="122" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A122" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="B122" t="s">
         <v>22</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D122" t="s">
         <v>15</v>
       </c>
       <c r="E122" s="7" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="F122" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
     </row>
     <row r="123" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A123" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="B123" t="s">
         <v>52</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D123" t="s">
         <v>15</v>
       </c>
       <c r="E123" s="7" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="F123" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
     </row>
     <row r="124" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A124" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="B124" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D124" t="s">
         <v>15</v>
       </c>
       <c r="E124" s="7" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="F124" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
     </row>
     <row r="125" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A125" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="B125" t="s">
         <v>55</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D125" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="126" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A126" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="B126" t="s">
         <v>56</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D126" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="127" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A127" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="B127" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D127" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="128" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A128" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="B128" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D128" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="129" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A129" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="B129" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D129" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="130" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A130" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="B130" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D130" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="131" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A131" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="B131" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D131" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="132" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A132" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="B132" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D132" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="133" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A133" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="B133" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D133" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="134" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A134" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="B134" t="s">
         <v>40</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D134" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="135" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A135" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="B135" t="s">
         <v>49</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D135" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="136" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A136" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="B136" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D136" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="137" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A137" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="B137" t="s">
         <v>10</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D137" t="s">
         <v>15</v>
       </c>
       <c r="E137" s="7" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="F137" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
     </row>
     <row r="138" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A138" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="B138" t="s">
         <v>18</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D138" t="s">
         <v>15</v>
       </c>
       <c r="E138" s="7" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="F138" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
     </row>
     <row r="139" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A139" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="B139" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D139" t="s">
         <v>15</v>
       </c>
       <c r="E139" s="7" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="F139" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
     </row>
     <row r="140" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A140" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="B140" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D140" t="s">
         <v>15</v>
       </c>
       <c r="E140" s="7" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="F140" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
     </row>
     <row r="141" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A141" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="B141" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D141" t="s">
         <v>15</v>
       </c>
       <c r="E141" s="7" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="F141" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
     </row>
     <row r="142" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A142" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="B142" t="s">
         <v>28</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D142" t="s">
         <v>15</v>
       </c>
       <c r="E142" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="F142" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
     </row>
     <row r="143" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A143" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="B143" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D143" t="s">
         <v>15</v>
       </c>
       <c r="E143" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="F143" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
     </row>
     <row r="144" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A144" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="B144" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D144" t="s">
         <v>15</v>
       </c>
       <c r="E144" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="F144" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
     </row>
     <row r="145" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A145" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="B145" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D145" t="s">
         <v>15</v>
       </c>
       <c r="E145" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="F145" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
     </row>
     <row r="146" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A146" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="B146" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C146" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D146" t="s">
         <v>15</v>
       </c>
       <c r="E146" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="F146" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
     </row>
     <row r="147" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A147" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="B147" t="s">
         <v>20</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D147" t="s">
         <v>15</v>
       </c>
       <c r="E147" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="F147" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
     </row>
     <row r="148" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A148" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="B148" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D148" t="s">
         <v>15</v>
       </c>
       <c r="E148" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="F148" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
     </row>
     <row r="149" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A149" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="B149" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D149" t="s">
         <v>15</v>
       </c>
       <c r="E149" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="F149" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
     </row>
     <row r="150" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A150" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="B150" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D150" t="s">
         <v>15</v>
       </c>
       <c r="E150" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="F150" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
     </row>
     <row r="151" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A151" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="B151" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D151" t="s">
         <v>15</v>
       </c>
       <c r="E151" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="F151" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
     </row>
     <row r="152" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A152" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="B152" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D152" t="s">
         <v>15</v>
       </c>
       <c r="E152" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="F152" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
     </row>
     <row r="153" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A153" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="B153" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D153" t="s">
         <v>15</v>
       </c>
       <c r="E153" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="F153" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
     </row>
     <row r="154" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A154" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="B154" t="s">
         <v>12</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D154" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="155" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A155" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="B155" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D155" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="156" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A156" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="B156" t="s">
         <v>61</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D156" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="157" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A157" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="B157" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D157" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="158" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A158" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="B158" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D158" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="159" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A159" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="B159" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D159" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="160" spans="1:6" ht="165" x14ac:dyDescent="0.25">
       <c r="A160" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="B160" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D160" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="161" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A161" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="B161" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D161" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="162" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A162" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="B162" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D162" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E124" r:id="rId1" xr:uid="{39F00675-8EE6-4553-8728-C896A47B57F1}"/>
     <hyperlink ref="E123" r:id="rId2" xr:uid="{87001003-1383-4B3B-AF7B-353782CF8F46}"/>
     <hyperlink ref="E122" r:id="rId3" xr:uid="{89852114-C9C7-4F4B-928D-B773FA353505}"/>
     <hyperlink ref="E121" r:id="rId4" xr:uid="{DA9EA664-3C8F-40A6-9744-D45C7F7502A6}"/>
     <hyperlink ref="E141" r:id="rId5" xr:uid="{1098FB58-7BD1-4DBB-9B63-20F29EF49A41}"/>
     <hyperlink ref="E140" r:id="rId6" xr:uid="{E6F287C2-3F9F-4DD6-B4E2-D3017FA69A2B}"/>
     <hyperlink ref="E139" r:id="rId7" xr:uid="{9C1DEB97-9C2C-4E57-AD0C-27723E8BB9DE}"/>
     <hyperlink ref="E138" r:id="rId8" xr:uid="{61C2BAF4-3B64-4803-B9E4-05F344E2E9E1}"/>
     <hyperlink ref="E137" r:id="rId9" xr:uid="{2DE6B81B-190E-4FD2-9E59-4F1C91BFEBAE}"/>
     <hyperlink ref="E116" r:id="rId10" xr:uid="{C3DECA13-0F6F-450C-AAA6-1EA91EBCD1FB}"/>
     <hyperlink ref="E115" r:id="rId11" xr:uid="{47F27A5F-E2D3-4885-BE27-521E46B98881}"/>
     <hyperlink ref="E114" r:id="rId12" xr:uid="{7A835102-880D-4980-AD34-CE7359B20D5C}"/>
     <hyperlink ref="E113" r:id="rId13" xr:uid="{EEB4F94C-E806-42D6-8D1B-1CE402449D63}"/>
     <hyperlink ref="E112" r:id="rId14" xr:uid="{33326BB5-7FC7-4D08-A2DE-25426E34BA3A}"/>
     <hyperlink ref="E111" r:id="rId15" xr:uid="{9744AF68-FDBF-482A-BB6B-6D6FF5A84492}"/>
     <hyperlink ref="E110" r:id="rId16" xr:uid="{B5EE22F6-7528-4900-9AE7-5BE9F77BD4E5}"/>
     <hyperlink ref="E109" r:id="rId17" xr:uid="{5B0C8FA8-9C04-4D8C-8DEB-7E6EC4347A6C}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId18"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{47284FC1-67C2-4E8C-84F7-B629D5664418}">
   <dimension ref="A1:E162"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A98" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="D127" sqref="D127"/>
+    <sheetView tabSelected="1" topLeftCell="A23" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="D82" sqref="D82"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="7.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="25.5703125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="21.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="20.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
@@ -3938,89 +3991,99 @@
       <c r="C4" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="1"/>
     </row>
     <row r="5" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="3">
         <v>4</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="1"/>
     </row>
     <row r="6" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>5</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E6" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="D6" s="7" t="s">
+        <v>257</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>165</v>
+      </c>
     </row>
     <row r="7" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>6</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="1"/>
     </row>
     <row r="8" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>7</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E8" s="1"/>
     </row>
     <row r="9" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>8</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E9" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="D9" s="7" t="s">
+        <v>255</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>256</v>
+      </c>
     </row>
     <row r="10" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>9</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>6</v>
       </c>
       <c r="D10" s="4"/>
       <c r="E10" s="1"/>
     </row>
     <row r="11" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>10</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E11" s="1"/>
@@ -4038,283 +4101,358 @@
       <c r="E12" s="1"/>
     </row>
     <row r="13" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>12</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E13" s="1"/>
     </row>
     <row r="14" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>13</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D14" s="7" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>14</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E15" s="1"/>
     </row>
     <row r="16" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>15</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E16" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="D16" s="7" t="s">
+        <v>242</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="17" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>16</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E17" s="1"/>
     </row>
     <row r="18" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>17</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E18" s="1"/>
     </row>
     <row r="19" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>18</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E19" s="1"/>
     </row>
     <row r="20" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>19</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E20" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="D20" s="7" t="s">
+        <v>253</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>214</v>
+      </c>
     </row>
     <row r="21" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>20</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E21" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="D21" s="7" t="s">
+        <v>253</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>214</v>
+      </c>
     </row>
     <row r="22" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>21</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E22" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="D22" s="7" t="s">
+        <v>253</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>214</v>
+      </c>
     </row>
     <row r="23" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>22</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E23" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="D23" s="7" t="s">
+        <v>253</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>214</v>
+      </c>
     </row>
     <row r="24" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>23</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E24" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="D24" s="7" t="s">
+        <v>253</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>214</v>
+      </c>
     </row>
     <row r="25" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>24</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E25" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="D25" s="7" t="s">
+        <v>253</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>214</v>
+      </c>
     </row>
     <row r="26" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>25</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E26" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="D26" s="7" t="s">
+        <v>253</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>214</v>
+      </c>
     </row>
     <row r="27" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>26</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E27" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="D27" s="7" t="s">
+        <v>253</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>214</v>
+      </c>
     </row>
     <row r="28" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>27</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E28" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="D28" s="7" t="s">
+        <v>253</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>214</v>
+      </c>
     </row>
     <row r="29" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>28</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E29" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="D29" s="7" t="s">
+        <v>253</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>214</v>
+      </c>
     </row>
     <row r="30" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>29</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E30" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="D30" s="7" t="s">
+        <v>253</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>214</v>
+      </c>
     </row>
     <row r="31" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>30</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E31" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="D31" s="7" t="s">
+        <v>253</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>214</v>
+      </c>
     </row>
     <row r="32" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>31</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E32" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="D32" s="7" t="s">
+        <v>253</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>214</v>
+      </c>
     </row>
     <row r="33" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>32</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E33" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="D33" s="7" t="s">
+        <v>253</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>214</v>
+      </c>
     </row>
     <row r="34" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E34" s="1"/>
     </row>
     <row r="35" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>34</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E35" s="1"/>
     </row>
@@ -4328,136 +4466,146 @@
       <c r="C36" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E36" s="1"/>
     </row>
     <row r="37" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>36</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E37" s="1"/>
     </row>
     <row r="38" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>37</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E38" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="D38" s="7" t="s">
+        <v>259</v>
+      </c>
+      <c r="E38" s="1" t="s">
+        <v>258</v>
+      </c>
     </row>
     <row r="39" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>38</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="40" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>39</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D40" s="4" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="41" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>40</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E41" s="1"/>
     </row>
     <row r="42" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>41</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E42" s="1"/>
     </row>
     <row r="43" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>42</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>6</v>
       </c>
       <c r="D43" s="7"/>
       <c r="E43" s="1"/>
     </row>
     <row r="44" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>43</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E44" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="D44" s="7" t="s">
+        <v>246</v>
+      </c>
+      <c r="E44" s="1" t="s">
+        <v>115</v>
+      </c>
     </row>
     <row r="45" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>44</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E45" s="1"/>
     </row>
     <row r="46" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>45</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E46" s="1"/>
     </row>
@@ -4495,171 +4643,181 @@
       <c r="C49" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E49" s="1"/>
     </row>
     <row r="50" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>49</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E50" s="1"/>
     </row>
     <row r="51" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>50</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E51" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="D51" s="7" t="s">
+        <v>252</v>
+      </c>
+      <c r="E51" s="1" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="52" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>51</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E52" s="1"/>
     </row>
     <row r="53" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>52</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E53" s="1"/>
     </row>
     <row r="54" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>53</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E54" s="1"/>
     </row>
     <row r="55" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>54</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
     </row>
     <row r="56" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>55</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D56" s="4" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="57" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>56</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C57" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E57" s="1"/>
     </row>
     <row r="58" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>57</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C58" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E58" s="1"/>
     </row>
     <row r="59" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>58</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C59" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E59" s="1"/>
     </row>
     <row r="60" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>59</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E60" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="D60" s="7" t="s">
+        <v>254</v>
+      </c>
+      <c r="E60" s="1" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="61" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>60</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C61" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E61" s="1"/>
     </row>
     <row r="62" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>61</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C62" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E62" s="1"/>
     </row>
@@ -4697,1332 +4855,1391 @@
       <c r="C65" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E65" s="1"/>
     </row>
     <row r="66" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>65</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C66" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E66" s="1"/>
     </row>
     <row r="67" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>66</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C67" s="3" t="s">
-        <v>15</v>
-[...6 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="D67" s="9"/>
+      <c r="E67" s="1"/>
     </row>
     <row r="68" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>67</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D68" s="7" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="69" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>68</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C69" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E69" s="1"/>
     </row>
     <row r="70" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>69</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D70" s="7" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="71" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>70</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C71" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E71" s="1"/>
     </row>
     <row r="72" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>71</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C72" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E72" s="1"/>
     </row>
     <row r="73" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>72</v>
       </c>
       <c r="B73" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="C73" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D73" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="E73" s="1" t="s">
         <v>68</v>
-      </c>
-[...7 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="74" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>73</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C74" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E74" s="1"/>
     </row>
     <row r="75" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>74</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="C75" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E75" s="1"/>
     </row>
     <row r="76" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>75</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C76" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E76" s="1"/>
     </row>
     <row r="77" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>76</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E77" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="D77" s="7" t="s">
+        <v>263</v>
+      </c>
+      <c r="E77" s="1" t="s">
+        <v>262</v>
+      </c>
     </row>
     <row r="78" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>77</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C78" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E78" s="1"/>
     </row>
     <row r="79" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>78</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C79" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E79" s="1"/>
     </row>
     <row r="80" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>79</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="C80" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E80" s="1"/>
     </row>
     <row r="81" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>80</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="C81" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E81" s="1"/>
     </row>
     <row r="82" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>81</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C82" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E82" s="1"/>
     </row>
     <row r="83" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>82</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>15</v>
-[...6 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="D83" s="9"/>
+      <c r="E83" s="1"/>
     </row>
     <row r="84" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>83</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C84" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D84" s="6" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
     </row>
     <row r="85" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>84</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C85" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E85" s="1"/>
     </row>
     <row r="86" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>85</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D86" s="7" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="87" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>86</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C87" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E87" s="1"/>
     </row>
     <row r="88" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>87</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E88" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="D88" s="7" t="s">
+        <v>250</v>
+      </c>
+      <c r="E88" s="1" t="s">
+        <v>115</v>
+      </c>
     </row>
     <row r="89" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>88</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="C89" s="3" t="s">
         <v>6</v>
       </c>
       <c r="D89" s="4"/>
       <c r="E89" s="1"/>
     </row>
     <row r="90" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>89</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D90" s="6" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
     </row>
     <row r="91" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>90</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C91" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E91" s="1"/>
     </row>
     <row r="92" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>91</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E92" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="D92" s="7" t="s">
+        <v>261</v>
+      </c>
+      <c r="E92" s="1" t="s">
+        <v>260</v>
+      </c>
     </row>
     <row r="93" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>92</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="C93" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E93" s="1"/>
     </row>
     <row r="94" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>93</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C94" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E94" s="1"/>
     </row>
     <row r="95" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>94</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C95" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E95" s="1"/>
     </row>
     <row r="96" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>95</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C96" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E96" s="1"/>
     </row>
     <row r="97" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>96</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="C97" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E97" s="1"/>
     </row>
     <row r="98" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>97</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C98" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E98" s="1"/>
     </row>
     <row r="99" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>98</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E99" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="D99" s="7" t="s">
+        <v>249</v>
+      </c>
+      <c r="E99" s="1" t="s">
+        <v>215</v>
+      </c>
     </row>
     <row r="100" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>99</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C100" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E100" s="1"/>
     </row>
     <row r="101" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>100</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C101" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E101" s="1"/>
     </row>
     <row r="102" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>101</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="C102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D102" s="7" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="103" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>102</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="C103" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E103" s="1"/>
     </row>
     <row r="104" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>103</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C104" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E104" s="1"/>
     </row>
     <row r="105" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>104</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C105" s="3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E105" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="D105" s="7" t="s">
+        <v>244</v>
+      </c>
+      <c r="E105" s="1" t="s">
+        <v>245</v>
+      </c>
     </row>
     <row r="106" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>105</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C106" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E106" s="1"/>
     </row>
     <row r="107" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>106</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="C107" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E107" s="1"/>
     </row>
     <row r="108" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>107</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C108" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E108" s="1"/>
     </row>
     <row r="109" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>108</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="C109" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E109" s="1"/>
     </row>
     <row r="110" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>109</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C110" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D110" s="7" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="E110" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="111" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>110</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C111" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E111" s="1"/>
     </row>
     <row r="112" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>111</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C112" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E112" s="1"/>
     </row>
     <row r="113" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>112</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C113" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E113" s="1"/>
     </row>
     <row r="114" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>113</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C114" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E114" s="1"/>
     </row>
     <row r="115" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>114</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C115" s="3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E115" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="D115" s="7" t="s">
+        <v>248</v>
+      </c>
+      <c r="E115" s="1" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="116" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>115</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C116" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E116" s="1"/>
     </row>
     <row r="117" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>116</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="C117" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E117" s="1"/>
     </row>
     <row r="118" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>117</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C118" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E118" s="1"/>
     </row>
     <row r="119" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>118</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="C119" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D119" s="4" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
     </row>
     <row r="120" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>119</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="C120" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D120" s="7" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="121" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>120</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="C121" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E121" s="1"/>
     </row>
     <row r="122" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>121</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C122" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E122" s="1"/>
     </row>
     <row r="123" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>122</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C123" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E123" s="1"/>
     </row>
     <row r="124" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>123</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C124" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E124" s="1"/>
     </row>
     <row r="125" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>124</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C125" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E125" s="1"/>
     </row>
     <row r="126" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>125</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C126" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D126" s="7" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
     </row>
     <row r="127" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>126</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C127" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D127" s="4" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
     </row>
     <row r="128" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>127</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C128" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E128" s="1"/>
     </row>
     <row r="129" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>128</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C129" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E129" s="1"/>
     </row>
     <row r="130" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>129</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C130" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E130" s="1"/>
     </row>
     <row r="131" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>130</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C131" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E131" s="1"/>
     </row>
     <row r="132" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>131</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C132" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E132" s="1"/>
     </row>
     <row r="133" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>132</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C133" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E133" s="1"/>
     </row>
     <row r="134" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>133</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C134" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E134" s="1"/>
     </row>
     <row r="135" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>134</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C135" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E135" s="1"/>
     </row>
     <row r="136" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>135</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C136" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E136" s="1"/>
     </row>
     <row r="137" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>136</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C137" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E137" s="1"/>
     </row>
     <row r="138" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>137</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C138" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E138" s="1"/>
     </row>
     <row r="139" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>138</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C139" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D139" s="7" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
     </row>
     <row r="140" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>139</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="C140" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D140" s="7" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
     </row>
     <row r="141" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>140</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C141" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E141" s="1"/>
     </row>
     <row r="142" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>141</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D142" s="7" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="E142" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="143" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>142</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C143" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E143" s="1"/>
     </row>
     <row r="144" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>143</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C144" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D144" s="7" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
     </row>
     <row r="145" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>144</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C145" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D145" s="4" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
     </row>
     <row r="146" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>145</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C146" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="D146" s="4" t="s">
-        <v>179</v>
+      <c r="D146" s="8" t="s">
+        <v>243</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
     </row>
     <row r="147" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>146</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C147" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E147" s="1"/>
     </row>
     <row r="148" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>147</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C148" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E148" s="1"/>
     </row>
     <row r="149" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>148</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C149" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E149" s="1"/>
     </row>
     <row r="150" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>149</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C150" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E150" s="1"/>
     </row>
     <row r="151" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>150</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C151" s="3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E151" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="D151" s="7" t="s">
+        <v>247</v>
+      </c>
+      <c r="E151" s="1" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="152" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>151</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C152" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E152" s="1"/>
     </row>
     <row r="153" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>152</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C153" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E153" s="1"/>
     </row>
     <row r="154" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>153</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="C154" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E154" s="1"/>
     </row>
     <row r="155" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>154</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="C155" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E155" s="1"/>
     </row>
     <row r="156" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>155</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C156" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E156" s="1"/>
     </row>
     <row r="157" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>156</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="C157" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E157" s="1"/>
     </row>
     <row r="158" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>157</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="C158" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E158" s="1"/>
     </row>
     <row r="159" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>158</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C159" s="3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E159" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="D159" s="7" t="s">
+        <v>251</v>
+      </c>
+      <c r="E159" s="1" t="s">
+        <v>238</v>
+      </c>
     </row>
     <row r="160" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>159</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C160" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E160" s="1"/>
     </row>
     <row r="161" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>160</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C161" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E161" s="1"/>
     </row>
     <row r="162" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>161</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C162" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D162" s="7" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="D39" r:id="rId1" xr:uid="{FD1E1312-CAD9-419F-99F4-BD4802B275F8}"/>
     <hyperlink ref="D40" r:id="rId2" xr:uid="{639862B3-22E8-47BB-B8FB-076B9EE59120}"/>
     <hyperlink ref="D55" r:id="rId3" xr:uid="{7141D828-E2AE-4DC0-AE54-13532ED34810}"/>
     <hyperlink ref="D56" r:id="rId4" xr:uid="{25A6B9DC-1EDF-46A9-95F8-7F5C33FEE1DD}"/>
-    <hyperlink ref="D67" r:id="rId5" xr:uid="{CDF480A6-5340-46E8-A7DE-5E05104A20F6}"/>
-[...19 lines deleted...]
-    <hyperlink ref="D110" r:id="rId25" xr:uid="{666AA16E-ADC7-4755-97E0-CCA76C706D04}"/>
+    <hyperlink ref="D73" r:id="rId5" xr:uid="{86CC2D5B-1B31-45E0-BF52-8D39B73DCAEF}"/>
+    <hyperlink ref="D127" r:id="rId6" xr:uid="{C645C96E-8DAC-4102-B770-3100B158ED59}"/>
+    <hyperlink ref="D145" r:id="rId7" xr:uid="{C168C69C-21ED-48A5-B900-B146053F25E7}"/>
+    <hyperlink ref="D84" r:id="rId8" xr:uid="{62B9BE54-203B-45D5-A199-2A5BE4D8F303}"/>
+    <hyperlink ref="D90" r:id="rId9" xr:uid="{169E38ED-58E6-4A91-B582-CE4F408CCB1B}"/>
+    <hyperlink ref="D142" r:id="rId10" xr:uid="{1E5FD96E-4ED2-4514-B68F-1CD7C2A5504A}"/>
+    <hyperlink ref="D68" r:id="rId11" xr:uid="{D848B3E6-4A4D-4041-926B-F8EE4C65BC65}"/>
+    <hyperlink ref="D102" r:id="rId12" xr:uid="{95AD70CE-BBCD-487D-A51F-249F91DB9A36}"/>
+    <hyperlink ref="D14" r:id="rId13" xr:uid="{0BE28520-0382-4A8C-8FE2-471B1C7FBF9B}"/>
+    <hyperlink ref="D139" r:id="rId14" xr:uid="{9A8CB568-380B-417F-94BC-474497FF54B2}"/>
+    <hyperlink ref="D120" r:id="rId15" xr:uid="{D668122F-AC8A-495B-A48A-28F11AA2F246}"/>
+    <hyperlink ref="D86" r:id="rId16" xr:uid="{C33EEFBB-5ED4-4481-8687-00A73FAE7C51}"/>
+    <hyperlink ref="D144" r:id="rId17" xr:uid="{ABE4C21E-0264-4CAC-982A-AB8BE3646CE2}"/>
+    <hyperlink ref="D70" r:id="rId18" xr:uid="{3F415978-21FE-4588-A658-6A382A724334}"/>
+    <hyperlink ref="D126" r:id="rId19" xr:uid="{53A3185C-B94C-4875-BB16-10D646B6460D}"/>
+    <hyperlink ref="D140" r:id="rId20" xr:uid="{ACECE440-C6CF-494B-BC0D-A5977A3A24AB}"/>
+    <hyperlink ref="D162" r:id="rId21" xr:uid="{61F19D5C-0ED1-47AE-AA83-A9A4A802A31F}"/>
+    <hyperlink ref="D110" r:id="rId22" xr:uid="{666AA16E-ADC7-4755-97E0-CCA76C706D04}"/>
+    <hyperlink ref="D16" r:id="rId23" xr:uid="{2ABAC847-B3EA-4E9A-8077-9D2F821B250F}"/>
+    <hyperlink ref="D146" r:id="rId24" xr:uid="{DC457389-966D-4BFE-8353-B64E9E6D33AD}"/>
+    <hyperlink ref="D105" r:id="rId25" xr:uid="{315B810E-0385-4CEF-97AB-35B5A535A2DB}"/>
+    <hyperlink ref="D44" r:id="rId26" xr:uid="{C1A34B76-72C1-4CEA-B9D1-CFC67FE7FDB2}"/>
+    <hyperlink ref="D151" r:id="rId27" xr:uid="{9A72DD1B-FC41-4A45-836F-0A78A6CE98A5}"/>
+    <hyperlink ref="D115" r:id="rId28" xr:uid="{915EA079-DDB9-4D1A-A8E4-320685644325}"/>
+    <hyperlink ref="D99" r:id="rId29" xr:uid="{F6627BEC-95DF-47FA-8DA6-58EB3592262B}"/>
+    <hyperlink ref="D88" r:id="rId30" xr:uid="{7A37F89E-24A6-4BDE-BBEE-306AB633DD14}"/>
+    <hyperlink ref="D159" r:id="rId31" xr:uid="{100AD1C3-1CDE-4BD7-9D70-7367C2E99C4C}"/>
+    <hyperlink ref="D51" r:id="rId32" xr:uid="{A1F5CF44-7D39-4D02-91DE-D416C14F0B65}"/>
+    <hyperlink ref="D20" r:id="rId33" xr:uid="{6E90C1AE-F68D-47F7-BA5D-79CA44944A38}"/>
+    <hyperlink ref="D21" r:id="rId34" xr:uid="{39F034EA-D267-4FB3-97C5-6CBE80502882}"/>
+    <hyperlink ref="D22" r:id="rId35" xr:uid="{F7DD568F-82D4-4CAA-83F8-D693AB1816DF}"/>
+    <hyperlink ref="D23" r:id="rId36" xr:uid="{34DF0A63-325E-455C-9909-D14DB497584F}"/>
+    <hyperlink ref="D24" r:id="rId37" xr:uid="{85612BEE-86B9-445F-82FD-3B542078B6CC}"/>
+    <hyperlink ref="D25" r:id="rId38" xr:uid="{81AC84B5-5C16-477F-B325-A4050622C685}"/>
+    <hyperlink ref="D26" r:id="rId39" xr:uid="{D5CD1112-7BEB-4B7E-AE28-B5E6B179DC73}"/>
+    <hyperlink ref="D28" r:id="rId40" xr:uid="{571F4621-4073-40AA-A975-D83A9DA7BF31}"/>
+    <hyperlink ref="D27" r:id="rId41" xr:uid="{B0891353-BE5B-44A8-BA7E-45F15A285C13}"/>
+    <hyperlink ref="D29" r:id="rId42" xr:uid="{8565D92E-6BE1-495F-9D4D-3D208CA3D6BD}"/>
+    <hyperlink ref="D30" r:id="rId43" xr:uid="{761F4E0D-193F-4552-B789-079D5D7A79A3}"/>
+    <hyperlink ref="D31" r:id="rId44" xr:uid="{956EF810-9B6A-452D-98A5-9667AA9DF3F3}"/>
+    <hyperlink ref="D32" r:id="rId45" xr:uid="{3FF55122-C6F9-474F-A553-71C54E085B72}"/>
+    <hyperlink ref="D33" r:id="rId46" xr:uid="{0FDD581D-F763-4763-9834-983A8A3A188A}"/>
+    <hyperlink ref="D60" r:id="rId47" xr:uid="{6605363D-CF9E-4188-8D00-16C4793AF16D}"/>
+    <hyperlink ref="D9" r:id="rId48" xr:uid="{09996C11-444D-48CD-AFC8-5CD59B7983F3}"/>
+    <hyperlink ref="D6" r:id="rId49" xr:uid="{24078BFD-5250-4D47-BE46-1D8B9866E0D2}"/>
+    <hyperlink ref="D38" r:id="rId50" xr:uid="{671DA8ED-BF08-4719-B4E5-3BCF3582EAD4}"/>
+    <hyperlink ref="D92" r:id="rId51" xr:uid="{671DF2DF-1F15-455C-9C06-400EF4195393}"/>
+    <hyperlink ref="D77" r:id="rId52" xr:uid="{71025787-A24B-4A80-8EB3-727A27C3A02A}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" verticalDpi="597" r:id="rId26"/>
+  <pageSetup orientation="portrait" verticalDpi="597" r:id="rId53"/>
   <tableParts count="1">
-    <tablePart r:id="rId27"/>
+    <tablePart r:id="rId54"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>РЕГИОНИ</vt:lpstr>
       <vt:lpstr>ОПШТИНА</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>