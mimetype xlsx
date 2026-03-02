--- v0 (2025-12-08)
+++ v1 (2026-03-02)
@@ -1,62 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29628"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3904389E-886D-4269-AF96-A214810C1FDA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{996B4376-A13E-46E3-8939-180505235678}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="4092" yWindow="1164" windowWidth="14640" windowHeight="8880" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="122211"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="77">
   <si>
     <t>Cenovnik 2</t>
   </si>
   <si>
     <t>A45 Višnjički venac 1b</t>
   </si>
   <si>
     <t>A60 Lole Ribara 42 – Vrčin</t>
   </si>
   <si>
     <t>A70 Beogradska 78a – Sremčica</t>
   </si>
   <si>
     <t>A74 Ravanička 31 Beograd</t>
   </si>
   <si>
     <t>Cenovnik3</t>
   </si>
   <si>
     <t>Cenovnik 1</t>
   </si>
   <si>
     <t>A82 Kej Radoja Dakića 15 - Pančevo</t>
   </si>
   <si>
@@ -240,50 +240,53 @@
     <t>C89 Bulevar Vudroa Vilsona 13 (kompleks BW Sole), Beograd</t>
   </si>
   <si>
     <t>C93 Olge Jovanović 2, Beograd</t>
   </si>
   <si>
     <t>A90  Beogradska 39, Beograd</t>
   </si>
   <si>
     <t>A91 Maksima Gorkog 22, Beograd</t>
   </si>
   <si>
     <t>A94 Savska br.28, Beograd</t>
   </si>
   <si>
     <t>A50 Rujanska bb, Zlatibor</t>
   </si>
   <si>
     <t>A79 Šumadijska bb, Sopot</t>
   </si>
   <si>
     <t>A88 Vojački put 1a (BIG Pazova), Stara Pazova</t>
   </si>
   <si>
     <t>A96 Ulcinjska 1A, Beograd</t>
+  </si>
+  <si>
+    <t>A95 Solunskih boraca 9, Beograd</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
@@ -608,54 +611,54 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps/place/Aroma+market+59,+%D0%91%D0%B5%D0%BE%D0%B3%D1%80%D0%B0%D0%B4,+%D0%93%D0%BE%D1%81%D0%BF%D0%BE%D0%B4%D0%B0%D1%80%D0%B0+%D0%92%D1%83%D1%87%D0%B8%D1%9B%D0%B0/@44.7909396,20.4731802,17z/data=!3m1!4b1!4m6!3m5!1s0x475a706e3605d4f3:0x26a0e58ecdf82c55!8m2!3d44.7909358!4d20.4757551!16s%2Fg%2F11gh477zhr?entry=ttu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps/place/Aroma+market+31/@44.7943592,20.5284688,17z/data=!3m1!4b1!4m6!3m5!1s0x475a7a0bd5c93aa5:0xba1d837ee51efad0!8m2!3d44.7943554!4d20.5310437!16s%2Fg%2F11bxglhm0p?entry=ttu" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:C67"/>
+  <dimension ref="A1:C68"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C65" sqref="C65"/>
+    <sheetView tabSelected="1" topLeftCell="A46" workbookViewId="0">
+      <selection activeCell="C60" sqref="C60"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="39.88671875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.5546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="44.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A1" t="s">
         <v>5</v>
       </c>
       <c r="B1" t="s">
         <v>0</v>
       </c>
       <c r="C1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
         <v>72</v>
       </c>
       <c r="B2" t="s">
@@ -981,50 +984,55 @@
       </c>
     </row>
     <row r="63" spans="3:3" x14ac:dyDescent="0.3">
       <c r="C63" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="64" spans="3:3" x14ac:dyDescent="0.3">
       <c r="C64" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="65" spans="3:3" x14ac:dyDescent="0.3">
       <c r="C65" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="66" spans="3:3" x14ac:dyDescent="0.3">
       <c r="C66" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="67" spans="3:3" x14ac:dyDescent="0.3">
       <c r="C67" t="s">
         <v>75</v>
+      </c>
+    </row>
+    <row r="68" spans="3:3" x14ac:dyDescent="0.3">
+      <c r="C68" t="s">
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C26" r:id="rId1" display="https://www.google.com/maps/place/Aroma+market+31/@44.7943592,20.5284688,17z/data=!3m1!4b1!4m6!3m5!1s0x475a7a0bd5c93aa5:0xba1d837ee51efad0!8m2!3d44.7943554!4d20.5310437!16s%2Fg%2F11bxglhm0p?entry=ttu" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="C43" r:id="rId2" display="https://www.google.com/maps/place/Aroma+market+59,+%D0%91%D0%B5%D0%BE%D0%B3%D1%80%D0%B0%D0%B4,+%D0%93%D0%BE%D1%81%D0%BF%D0%BE%D0%B4%D0%B0%D1%80%D0%B0+%D0%92%D1%83%D1%87%D0%B8%D1%9B%D0%B0/@44.7909396,20.4731802,17z/data=!3m1!4b1!4m6!3m5!1s0x475a706e3605d4f3:0x26a0e58ecdf82c55!8m2!3d44.7909358!4d20.4757551!16s%2Fg%2F11gh477zhr?entry=ttu" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>