--- v0 (2025-10-09)
+++ v1 (2026-01-09)
@@ -2,79 +2,79 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="7" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\bojan.s\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Admin\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="20490" windowHeight="7500"/>
   </bookViews>
   <sheets>
     <sheet name="ОДЛУКЕ" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="125725"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="221" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="688" uniqueCount="234">
   <si>
     <t>Општина/Град</t>
   </si>
   <si>
     <t>Општина/Град шифра</t>
   </si>
   <si>
     <t>Област јавног интереса</t>
   </si>
   <si>
     <t>Матични број организације/удружења</t>
   </si>
   <si>
     <t>Пун назив организације/удружења</t>
   </si>
   <si>
     <t>Адреса организације</t>
   </si>
   <si>
     <t>Седиште организације</t>
   </si>
   <si>
     <t>Назив пројекта/програма</t>
   </si>
   <si>
@@ -342,58 +342,448 @@
     <t>Ресавски сименталац наш предлог за унапређење говедарства Горње Ресаве</t>
   </si>
   <si>
     <t>400-36/2022-02</t>
   </si>
   <si>
     <t>28293577</t>
   </si>
   <si>
     <t>7114931</t>
   </si>
   <si>
     <t>65990423</t>
   </si>
   <si>
     <t>21523364</t>
   </si>
   <si>
     <t>28167911</t>
   </si>
   <si>
     <t>65794691</t>
   </si>
   <si>
     <t>28336004</t>
+  </si>
+  <si>
+    <t>Ресавски сименталац предводник развоја сточарства Горње Ресаве</t>
+  </si>
+  <si>
+    <t>400-42/2024-02</t>
+  </si>
+  <si>
+    <t>20.02.2024.</t>
+  </si>
+  <si>
+    <t>Моравска 11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Подршка и помоћ пољопривредницима у добијању подстицајних средстава и субвенција у 2024.години </t>
+  </si>
+  <si>
+    <t>400-107/2024-03</t>
+  </si>
+  <si>
+    <t>24.05.2024.</t>
+  </si>
+  <si>
+    <t>Традиција, културно наслеђе и лепоте Горње Ресаве</t>
+  </si>
+  <si>
+    <t>Да млади остану у Деспотовцу</t>
+  </si>
+  <si>
+    <t>400-57-13/2024-03</t>
+  </si>
+  <si>
+    <t>03.06.2024.</t>
+  </si>
+  <si>
+    <t>Радио Телевизија Стрела ДОО Велики Поповић - Велики Поповић Радио СТРЕЛА</t>
+  </si>
+  <si>
+    <t>Чувари наслеђа</t>
+  </si>
+  <si>
+    <t>Шта се ради када се не ради</t>
+  </si>
+  <si>
+    <t>Историјска читанка: Деспот од Деспотовца - заоставштина Деспота Стефана</t>
+  </si>
+  <si>
+    <t>Деспотовац чувар  националног идентитета</t>
+  </si>
+  <si>
+    <t>Туристички потенцијали општине Деспотовац</t>
+  </si>
+  <si>
+    <t>Култура</t>
+  </si>
+  <si>
+    <t>Удружење Ликовних стваралаца Манасија</t>
+  </si>
+  <si>
+    <t>КУД Бранислав Нушић</t>
+  </si>
+  <si>
+    <t>КУД Ресава</t>
+  </si>
+  <si>
+    <t>Удружење жена Вредне Језерке</t>
+  </si>
+  <si>
+    <t>Удружење  Грац</t>
+  </si>
+  <si>
+    <t>Удружење жена Златне руке Ресаве</t>
+  </si>
+  <si>
+    <t>Удружење жена Ресавчанке</t>
+  </si>
+  <si>
+    <t>Удружење Креативне Деспотовчанке</t>
+  </si>
+  <si>
+    <t>КУД Плажане</t>
+  </si>
+  <si>
+    <t>КУД Јавор</t>
+  </si>
+  <si>
+    <t>КУД Светозар Марковић</t>
+  </si>
+  <si>
+    <t>Удружење Стари вез</t>
+  </si>
+  <si>
+    <t>План и програм рада Удружења ликовних стваралаца Манасија за 2024.годину</t>
+  </si>
+  <si>
+    <t>400-85-8/2024-03</t>
+  </si>
+  <si>
+    <t>03.07.2024.</t>
+  </si>
+  <si>
+    <t>6 августа 7</t>
+  </si>
+  <si>
+    <t>Ресавица</t>
+  </si>
+  <si>
+    <t>Очување традиције и културе кроз песму и игру у аматерском стваралаштву</t>
+  </si>
+  <si>
+    <t>Стењевац бб</t>
+  </si>
+  <si>
+    <t>Стењевац</t>
+  </si>
+  <si>
+    <t>Ресавски мотиви</t>
+  </si>
+  <si>
+    <t>Трућевац бб</t>
+  </si>
+  <si>
+    <t>Трућевац</t>
+  </si>
+  <si>
+    <t>Културна манифестација Ресава кроз векове</t>
+  </si>
+  <si>
+    <t>Језеро бб</t>
+  </si>
+  <si>
+    <t>Језеро</t>
+  </si>
+  <si>
+    <t>Неговање народних обичаја</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Очување традиције </t>
+  </si>
+  <si>
+    <t>6 Август бб</t>
+  </si>
+  <si>
+    <t>Израда традиционалних предмета, сувенира, слика и играчака</t>
+  </si>
+  <si>
+    <t>Савез бораца 95</t>
+  </si>
+  <si>
+    <t>Фестивал Креативно повезивање ручним радом</t>
+  </si>
+  <si>
+    <t>Плажане</t>
+  </si>
+  <si>
+    <t>Очување народне традиције Горње Ресаве</t>
+  </si>
+  <si>
+    <t>Сладаја бб</t>
+  </si>
+  <si>
+    <t>Сладаја</t>
+  </si>
+  <si>
+    <t>Игра коло под јавором</t>
+  </si>
+  <si>
+    <t>Медвеђа бб</t>
+  </si>
+  <si>
+    <t>Медвеђа на длану</t>
+  </si>
+  <si>
+    <t>Медвеђа</t>
+  </si>
+  <si>
+    <t>Верске заједнице</t>
+  </si>
+  <si>
+    <t>Црквена општина Ресавица</t>
+  </si>
+  <si>
+    <t>Црквена општина Деспотовац</t>
+  </si>
+  <si>
+    <t>Црквена општина Стрмостен</t>
+  </si>
+  <si>
+    <t>Црквена општина Милива</t>
+  </si>
+  <si>
+    <t>Црквена општина Двориште</t>
+  </si>
+  <si>
+    <t>Обнова фасаде на Цркви светог Пантелејмона у Ресавици</t>
+  </si>
+  <si>
+    <t>Очување Ресавског веза за будуће нараштаје</t>
+  </si>
+  <si>
+    <t>Моравска бб</t>
+  </si>
+  <si>
+    <t>Уређење порте Цркве светог деспота Стефана</t>
+  </si>
+  <si>
+    <t>Стрмостен бб</t>
+  </si>
+  <si>
+    <t>Стрмостен</t>
+  </si>
+  <si>
+    <t>Уградња и куповина котла на чврсто гориво за парохијски дом и Цркву Св. Апостола Петра и Павла у Стрмостену</t>
+  </si>
+  <si>
+    <t>Милива бб</t>
+  </si>
+  <si>
+    <t>Милива</t>
+  </si>
+  <si>
+    <t>Двориште бб</t>
+  </si>
+  <si>
+    <t>Двориште</t>
+  </si>
+  <si>
+    <t>100 година Миливске цркве</t>
+  </si>
+  <si>
+    <t>Асфалтирање порте и постављање ивичњака у порти Цркве Светог Оца Николаја у Дворишту</t>
+  </si>
+  <si>
+    <t>400-106/2024-02</t>
+  </si>
+  <si>
+    <t>2024.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Подршка и помоћ пољопривредницима у добијању подстицајних средстава и субвенција у 2025.години </t>
+  </si>
+  <si>
+    <t>Ресавски сименталац гарант унапређења  сточарства Горње Ресаве</t>
+  </si>
+  <si>
+    <t>000084184 2025</t>
+  </si>
+  <si>
+    <t>2025.</t>
+  </si>
+  <si>
+    <t>Сачувајмо пчеле у Деспотовцу</t>
+  </si>
+  <si>
+    <t>001469614 2025</t>
+  </si>
+  <si>
+    <t>16.05.2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">002705319 2025 </t>
+  </si>
+  <si>
+    <t>10.09.2025.</t>
+  </si>
+  <si>
+    <t>Разговор са поводом</t>
+  </si>
+  <si>
+    <t>Индустријско наслеђе општине Деспотовац</t>
+  </si>
+  <si>
+    <t>Деспотовац - еколошки глас</t>
+  </si>
+  <si>
+    <t>Деспотовац - ризница природе и историје</t>
+  </si>
+  <si>
+    <t>Свилајнац</t>
+  </si>
+  <si>
+    <t>Светог Саве 60</t>
+  </si>
+  <si>
+    <t>ДРУШТВО ЗА РАДИО И ТЕЛЕВИЗИЈСКУ ДЕЛАТНОСТ И МАРКЕТИНШКЕ УСЛУГЕ ТВ ЦЕНТАР СВИЛАЈНАЦ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">000516035 2025 </t>
+  </si>
+  <si>
+    <t>10.04.2025.</t>
+  </si>
+  <si>
+    <t>Удружење грађана Братинско удружење</t>
+  </si>
+  <si>
+    <t>Сењски Рудник бб</t>
+  </si>
+  <si>
+    <t>Сењски Рудник</t>
+  </si>
+  <si>
+    <t>Срећно</t>
+  </si>
+  <si>
+    <t>План и програм рада Удружења ликовних стваралаца Манасија за 2025.годину</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Опремање КУД „Бранислав Нушић“ Ресавица за реализацију програма очувања традиције и културе у Општини Деспотовац </t>
+  </si>
+  <si>
+    <t>Игра коло под Јавором</t>
+  </si>
+  <si>
+    <t>Ресавски мотиви 2025</t>
+  </si>
+  <si>
+    <t>Очување традиције</t>
+  </si>
+  <si>
+    <t>Црквена општина Двориште - црква у Стењевцу</t>
+  </si>
+  <si>
+    <t>001576646 2025</t>
+  </si>
+  <si>
+    <t>30.05.2025.</t>
+  </si>
+  <si>
+    <t>Обнова старе црквене куће у Ресавици</t>
+  </si>
+  <si>
+    <t>Миливска црква</t>
+  </si>
+  <si>
+    <t>Асфалтирање стаза у порти Цркве Светих Апостола Петра и Павла</t>
+  </si>
+  <si>
+    <t>Фрескописање Цркве Светих бесребреника Козме и Дамјана у Стењевцу</t>
+  </si>
+  <si>
+    <t>Развој заједнице</t>
+  </si>
+  <si>
+    <t>Ловачко удружење Бељаница</t>
+  </si>
+  <si>
+    <t>Кинлошко удружење Бељаница</t>
+  </si>
+  <si>
+    <t>Радио-аматерски клуб „Despot YU I QR“</t>
+  </si>
+  <si>
+    <t>Удружење пензионера Деспотовац</t>
+  </si>
+  <si>
+    <t>Савез бораца бб</t>
+  </si>
+  <si>
+    <t>Стевана Синђелића 52</t>
+  </si>
+  <si>
+    <t>Церска 10</t>
+  </si>
+  <si>
+    <t>Неговање народних обичаја 2025</t>
+  </si>
+  <si>
+    <t>Израда традиционалних предмета, сувенира, слика, играчака, едукација и стручно усавршавање путовањем, заштита животне средине</t>
+  </si>
+  <si>
+    <t>Очување старог веза и традиционалних јела</t>
+  </si>
+  <si>
+    <t>Развој локалне заједнице кроз развој ловног туризма повећањем смештајних капацитета</t>
+  </si>
+  <si>
+    <t>Развој локалне заједнице кроз организовање кинолошких манифестација</t>
+  </si>
+  <si>
+    <t>Ширење и развијање техничке културе и образовања грађана, нарочито омладине у области електронике, електронске комуникације и информационе технологије</t>
+  </si>
+  <si>
+    <t>Унапређење живота пензионера путем дружења, организовање путовања и организовања славе</t>
+  </si>
+  <si>
+    <t>001650130 2025</t>
+  </si>
+  <si>
+    <t>05.06.2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
-    <numFmt numFmtId="166" formatCode="d/m/yy;@"/>
+    <numFmt numFmtId="164" formatCode="d/m/yy;@"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -488,78 +878,93 @@
       </left>
       <right/>
       <top style="thin">
         <color theme="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="21">
+  <cellXfs count="28">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="166" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="166" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="166" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -838,54 +1243,54 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:M29"/>
+  <dimension ref="A1:M80"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A10" workbookViewId="0">
-      <selection activeCell="P21" sqref="P21"/>
+    <sheetView tabSelected="1" topLeftCell="A58" workbookViewId="0">
+      <selection activeCell="M80" sqref="M80"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="62.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="37.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="164.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="22.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="186.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="21" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="23" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="7.5703125" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="25.140625" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="25" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
@@ -1371,640 +1776,2805 @@
       </c>
       <c r="B13" s="3">
         <v>70491</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H13" s="5" t="s">
         <v>59</v>
       </c>
       <c r="I13" s="8" t="s">
         <v>60</v>
       </c>
-      <c r="J13" s="16">
+      <c r="J13" s="15">
         <v>44592</v>
       </c>
       <c r="K13" s="9">
         <v>2022</v>
       </c>
-      <c r="L13" s="19"/>
-      <c r="M13" s="19">
+      <c r="L13" s="18"/>
+      <c r="M13" s="18">
         <v>1000000</v>
       </c>
     </row>
     <row r="14" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="3">
         <v>70491</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>33</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="F14" s="6" t="s">
         <v>31</v>
       </c>
       <c r="G14" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="H14" s="11" t="s">
+      <c r="H14" s="10" t="s">
         <v>58</v>
       </c>
-      <c r="I14" s="12" t="s">
+      <c r="I14" s="11" t="s">
         <v>60</v>
       </c>
-      <c r="J14" s="17">
+      <c r="J14" s="16">
         <v>44592</v>
       </c>
-      <c r="K14" s="13">
+      <c r="K14" s="12">
         <v>2022</v>
       </c>
-      <c r="L14" s="20"/>
-      <c r="M14" s="20">
+      <c r="L14" s="19"/>
+      <c r="M14" s="19">
         <v>1500000</v>
       </c>
     </row>
     <row r="15" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="3">
         <v>70491</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="D15" s="14" t="s">
+      <c r="D15" s="13" t="s">
         <v>97</v>
       </c>
       <c r="E15" s="8" t="s">
         <v>61</v>
       </c>
       <c r="F15" s="8" t="s">
         <v>62</v>
       </c>
       <c r="G15" s="8" t="s">
         <v>63</v>
       </c>
       <c r="H15" s="8" t="s">
         <v>64</v>
       </c>
       <c r="I15" s="8" t="s">
         <v>65</v>
       </c>
-      <c r="J15" s="16">
+      <c r="J15" s="15">
         <v>44656</v>
       </c>
       <c r="K15" s="8">
         <v>2022</v>
       </c>
-      <c r="L15" s="19">
+      <c r="L15" s="18">
         <v>315000</v>
       </c>
-      <c r="M15" s="19">
+      <c r="M15" s="18">
         <v>50000</v>
       </c>
     </row>
     <row r="16" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B16" s="3">
         <v>70491</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="D16" s="14" t="s">
+      <c r="D16" s="13" t="s">
         <v>98</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>66</v>
       </c>
       <c r="F16" s="9" t="s">
         <v>68</v>
       </c>
       <c r="G16" s="9" t="s">
         <v>55</v>
       </c>
       <c r="H16" s="9" t="s">
         <v>69</v>
       </c>
       <c r="I16" s="8" t="s">
         <v>65</v>
       </c>
-      <c r="J16" s="16">
+      <c r="J16" s="15">
         <v>44656</v>
       </c>
       <c r="K16" s="8">
         <v>2022</v>
       </c>
-      <c r="L16" s="19">
+      <c r="L16" s="18">
         <v>300000</v>
       </c>
-      <c r="M16" s="19">
+      <c r="M16" s="18">
         <v>200000</v>
       </c>
     </row>
     <row r="17" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B17" s="3">
         <v>70491</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="D17" s="14" t="s">
+      <c r="D17" s="13" t="s">
         <v>98</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>67</v>
       </c>
       <c r="F17" s="9" t="s">
         <v>68</v>
       </c>
       <c r="G17" s="9" t="s">
         <v>55</v>
       </c>
       <c r="H17" s="9" t="s">
         <v>70</v>
       </c>
       <c r="I17" s="8" t="s">
         <v>65</v>
       </c>
-      <c r="J17" s="16">
+      <c r="J17" s="15">
         <v>44656</v>
       </c>
       <c r="K17" s="8">
         <v>2022</v>
       </c>
-      <c r="L17" s="19">
+      <c r="L17" s="18">
         <v>300000</v>
       </c>
-      <c r="M17" s="19">
+      <c r="M17" s="18">
         <v>100000</v>
       </c>
     </row>
     <row r="18" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B18" s="3">
         <v>70491</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="D18" s="14" t="s">
+      <c r="D18" s="13" t="s">
         <v>42</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>71</v>
       </c>
       <c r="F18" s="9" t="s">
         <v>44</v>
       </c>
       <c r="G18" s="9" t="s">
         <v>26</v>
       </c>
       <c r="H18" s="9" t="s">
         <v>72</v>
       </c>
       <c r="I18" s="8" t="s">
         <v>65</v>
       </c>
-      <c r="J18" s="16">
+      <c r="J18" s="15">
         <v>44656</v>
       </c>
       <c r="K18" s="8">
         <v>2022</v>
       </c>
-      <c r="L18" s="19">
+      <c r="L18" s="18">
         <v>1000000</v>
       </c>
-      <c r="M18" s="19">
+      <c r="M18" s="18">
         <v>400000</v>
       </c>
     </row>
     <row r="19" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B19" s="3">
         <v>70491</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="D19" s="14" t="s">
+      <c r="D19" s="13" t="s">
         <v>99</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>73</v>
       </c>
       <c r="F19" s="9" t="s">
         <v>74</v>
       </c>
       <c r="G19" s="9" t="s">
         <v>55</v>
       </c>
       <c r="H19" s="9" t="s">
         <v>75</v>
       </c>
       <c r="I19" s="8" t="s">
         <v>65</v>
       </c>
-      <c r="J19" s="16">
+      <c r="J19" s="15">
         <v>44656</v>
       </c>
       <c r="K19" s="8">
         <v>2022</v>
       </c>
-      <c r="L19" s="19">
+      <c r="L19" s="18">
         <v>750000</v>
       </c>
-      <c r="M19" s="19">
+      <c r="M19" s="18">
         <v>200000</v>
       </c>
     </row>
     <row r="20" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B20" s="3">
         <v>70491</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="D20" s="14" t="s">
+      <c r="D20" s="13" t="s">
         <v>100</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F20" s="9" t="s">
         <v>77</v>
       </c>
       <c r="G20" s="9" t="s">
         <v>78</v>
       </c>
       <c r="H20" s="9" t="s">
         <v>79</v>
       </c>
       <c r="I20" s="8" t="s">
         <v>65</v>
       </c>
-      <c r="J20" s="16">
+      <c r="J20" s="15">
         <v>44656</v>
       </c>
       <c r="K20" s="8">
         <v>2022</v>
       </c>
-      <c r="L20" s="19">
+      <c r="L20" s="18">
         <v>2000000</v>
       </c>
-      <c r="M20" s="19">
+      <c r="M20" s="18">
         <v>200000</v>
       </c>
     </row>
     <row r="21" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B21" s="3">
         <v>70491</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="D21" s="14" t="s">
+      <c r="D21" s="13" t="s">
         <v>48</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F21" s="9" t="s">
         <v>50</v>
       </c>
       <c r="G21" s="9" t="s">
         <v>81</v>
       </c>
       <c r="H21" s="9" t="s">
         <v>51</v>
       </c>
       <c r="I21" s="8" t="s">
         <v>65</v>
       </c>
-      <c r="J21" s="16">
+      <c r="J21" s="15">
         <v>44656</v>
       </c>
       <c r="K21" s="8">
         <v>2022</v>
       </c>
-      <c r="L21" s="19">
+      <c r="L21" s="18">
         <v>1500000</v>
       </c>
-      <c r="M21" s="19">
+      <c r="M21" s="18">
         <v>1500000</v>
       </c>
     </row>
     <row r="22" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B22" s="3">
         <v>70491</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="D22" s="14" t="s">
+      <c r="D22" s="13" t="s">
         <v>101</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>82</v>
       </c>
       <c r="F22" s="9" t="s">
         <v>83</v>
       </c>
       <c r="G22" s="9" t="s">
         <v>84</v>
       </c>
       <c r="H22" s="9" t="s">
         <v>85</v>
       </c>
       <c r="I22" s="8" t="s">
         <v>65</v>
       </c>
-      <c r="J22" s="16">
+      <c r="J22" s="15">
         <v>44656</v>
       </c>
       <c r="K22" s="8">
         <v>2022</v>
       </c>
-      <c r="L22" s="19">
+      <c r="L22" s="18">
         <v>270000</v>
       </c>
-      <c r="M22" s="19">
+      <c r="M22" s="18">
         <v>50000</v>
       </c>
     </row>
     <row r="23" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B23" s="3">
         <v>70491</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="D23" s="14" t="s">
+      <c r="D23" s="13" t="s">
         <v>102</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F23" s="9" t="s">
         <v>87</v>
       </c>
       <c r="G23" s="9" t="s">
         <v>88</v>
       </c>
       <c r="H23" s="9" t="s">
         <v>89</v>
       </c>
       <c r="I23" s="8" t="s">
         <v>65</v>
       </c>
-      <c r="J23" s="16">
+      <c r="J23" s="15">
         <v>44656</v>
       </c>
       <c r="K23" s="8">
         <v>2022</v>
       </c>
-      <c r="L23" s="19">
+      <c r="L23" s="18">
         <v>260000</v>
       </c>
-      <c r="M23" s="19">
+      <c r="M23" s="18">
         <v>50000</v>
       </c>
     </row>
     <row r="24" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="3">
         <v>70491</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="D24" s="14" t="s">
+      <c r="D24" s="13" t="s">
         <v>20</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>21</v>
       </c>
       <c r="F24" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G24" s="9" t="s">
         <v>14</v>
       </c>
       <c r="H24" s="9" t="s">
         <v>90</v>
       </c>
       <c r="I24" s="8" t="s">
         <v>65</v>
       </c>
-      <c r="J24" s="16">
+      <c r="J24" s="15">
         <v>44656</v>
       </c>
       <c r="K24" s="8">
         <v>2022</v>
       </c>
-      <c r="L24" s="19">
+      <c r="L24" s="18">
         <v>249800</v>
       </c>
-      <c r="M24" s="19">
+      <c r="M24" s="18">
         <v>200000</v>
       </c>
     </row>
     <row r="25" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B25" s="3">
         <v>70491</v>
       </c>
-      <c r="C25" s="11" t="s">
+      <c r="C25" s="10" t="s">
         <v>13</v>
       </c>
-      <c r="D25" s="14" t="s">
+      <c r="D25" s="13" t="s">
         <v>103</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>91</v>
       </c>
       <c r="F25" s="9" t="s">
         <v>92</v>
       </c>
       <c r="G25" s="9" t="s">
         <v>55</v>
       </c>
       <c r="H25" s="9" t="s">
         <v>93</v>
       </c>
       <c r="I25" s="8" t="s">
         <v>65</v>
       </c>
-      <c r="J25" s="16">
+      <c r="J25" s="15">
         <v>44656</v>
       </c>
       <c r="K25" s="8">
         <v>2022</v>
       </c>
-      <c r="L25" s="19">
+      <c r="L25" s="18">
         <v>350000</v>
       </c>
-      <c r="M25" s="19">
+      <c r="M25" s="18">
         <v>200000</v>
       </c>
     </row>
     <row r="26" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A26" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="B26" s="11">
+      <c r="B26" s="10">
         <v>70491</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="D26" s="15" t="s">
+      <c r="D26" s="14" t="s">
         <v>29</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>31</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H26" s="5" t="s">
         <v>94</v>
       </c>
       <c r="I26" s="9" t="s">
         <v>96</v>
       </c>
-      <c r="J26" s="18">
+      <c r="J26" s="17">
         <v>44970</v>
       </c>
       <c r="K26" s="9">
         <v>2023</v>
       </c>
-      <c r="L26" s="19">
+      <c r="L26" s="18">
         <v>1144280</v>
       </c>
-      <c r="M26" s="19">
+      <c r="M26" s="18">
         <v>1144280</v>
       </c>
     </row>
     <row r="27" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A27" s="8" t="s">
-[...5 lines deleted...]
-      <c r="C27" s="8" t="s">
+      <c r="A27" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="B27" s="11">
+        <v>70491</v>
+      </c>
+      <c r="C27" s="11" t="s">
         <v>15</v>
       </c>
-      <c r="D27" s="15" t="s">
+      <c r="D27" s="20" t="s">
         <v>33</v>
       </c>
-      <c r="E27" s="3" t="s">
+      <c r="E27" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="F27" s="3" t="s">
+      <c r="F27" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="G27" s="3" t="s">
+      <c r="G27" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="H27" s="9" t="s">
+      <c r="H27" s="12" t="s">
         <v>95</v>
       </c>
-      <c r="I27" s="9" t="s">
+      <c r="I27" s="12" t="s">
         <v>96</v>
       </c>
-      <c r="J27" s="18">
+      <c r="J27" s="21">
         <v>44970</v>
       </c>
-      <c r="K27" s="9">
+      <c r="K27" s="12">
         <v>2023</v>
       </c>
       <c r="L27" s="19">
         <v>1655720</v>
       </c>
       <c r="M27" s="19">
         <v>1655720</v>
       </c>
     </row>
     <row r="28" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A28" s="10"/>
-      <c r="B28" s="10"/>
+      <c r="A28" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B28" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D28" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H28" s="9" t="s">
+        <v>104</v>
+      </c>
+      <c r="I28" s="9" t="s">
+        <v>105</v>
+      </c>
+      <c r="J28" s="22" t="s">
+        <v>106</v>
+      </c>
+      <c r="K28" s="9">
+        <v>2024</v>
+      </c>
+      <c r="L28" s="9">
+        <v>1773900</v>
+      </c>
+      <c r="M28" s="9">
+        <v>1715900</v>
+      </c>
     </row>
     <row r="29" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A29" s="10"/>
-      <c r="B29" s="10"/>
+      <c r="A29" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B29" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D29" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H29" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="I29" s="9" t="s">
+        <v>105</v>
+      </c>
+      <c r="J29" s="22" t="s">
+        <v>106</v>
+      </c>
+      <c r="K29" s="9">
+        <v>2024</v>
+      </c>
+      <c r="L29" s="9">
+        <v>1385720</v>
+      </c>
+      <c r="M29" s="9">
+        <v>1284000</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A30" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B30" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D30" s="23">
+        <v>7326297</v>
+      </c>
+      <c r="E30" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="F30" s="9" t="s">
+        <v>107</v>
+      </c>
+      <c r="G30" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="H30" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="I30" s="9" t="s">
+        <v>109</v>
+      </c>
+      <c r="J30" s="22" t="s">
+        <v>110</v>
+      </c>
+      <c r="K30" s="9">
+        <v>2024</v>
+      </c>
+      <c r="L30" s="9">
+        <v>200000</v>
+      </c>
+      <c r="M30" s="9">
+        <v>200000</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A31" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B31" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C31" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" s="13" t="s">
+        <v>98</v>
+      </c>
+      <c r="E31" s="9" t="s">
+        <v>66</v>
+      </c>
+      <c r="F31" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="G31" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="H31" s="9" t="s">
+        <v>111</v>
+      </c>
+      <c r="I31" s="9" t="s">
+        <v>113</v>
+      </c>
+      <c r="J31" s="22" t="s">
+        <v>114</v>
+      </c>
+      <c r="K31" s="9">
+        <v>2024</v>
+      </c>
+      <c r="L31" s="9">
+        <v>500000</v>
+      </c>
+      <c r="M31" s="9">
+        <v>250000</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A32" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B32" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C32" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" s="13" t="s">
+        <v>98</v>
+      </c>
+      <c r="E32" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="F32" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="G32" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="H32" s="9" t="s">
+        <v>112</v>
+      </c>
+      <c r="I32" s="9" t="s">
+        <v>113</v>
+      </c>
+      <c r="J32" s="22" t="s">
+        <v>114</v>
+      </c>
+      <c r="K32" s="9">
+        <v>2024</v>
+      </c>
+      <c r="L32" s="9">
+        <v>500000</v>
+      </c>
+      <c r="M32" s="9">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A33" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B33" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C33" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H33" s="9" t="s">
+        <v>116</v>
+      </c>
+      <c r="I33" s="9" t="s">
+        <v>113</v>
+      </c>
+      <c r="J33" s="22" t="s">
+        <v>114</v>
+      </c>
+      <c r="K33" s="9">
+        <v>2024</v>
+      </c>
+      <c r="L33" s="9">
+        <v>1500000</v>
+      </c>
+      <c r="M33" s="9">
+        <v>1500000</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A34" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B34" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C34" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H34" s="9" t="s">
+        <v>117</v>
+      </c>
+      <c r="I34" s="9" t="s">
+        <v>113</v>
+      </c>
+      <c r="J34" s="22" t="s">
+        <v>114</v>
+      </c>
+      <c r="K34" s="9">
+        <v>2024</v>
+      </c>
+      <c r="L34" s="9">
+        <v>612000</v>
+      </c>
+      <c r="M34" s="9">
+        <v>50000</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A35" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B35" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C35" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="E35" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="F35" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G35" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="H35" s="9" t="s">
+        <v>118</v>
+      </c>
+      <c r="I35" s="9" t="s">
+        <v>113</v>
+      </c>
+      <c r="J35" s="22" t="s">
+        <v>114</v>
+      </c>
+      <c r="K35" s="9">
+        <v>2024</v>
+      </c>
+      <c r="L35" s="9">
+        <v>550000</v>
+      </c>
+      <c r="M35" s="9">
+        <v>300000</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A36" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B36" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C36" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" s="13" t="s">
+        <v>99</v>
+      </c>
+      <c r="E36" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="F36" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="G36" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="H36" s="9" t="s">
+        <v>119</v>
+      </c>
+      <c r="I36" s="9" t="s">
+        <v>113</v>
+      </c>
+      <c r="J36" s="22" t="s">
+        <v>114</v>
+      </c>
+      <c r="K36" s="9">
+        <v>2024</v>
+      </c>
+      <c r="L36" s="9">
+        <v>646640</v>
+      </c>
+      <c r="M36" s="9">
+        <v>200000</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A37" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B37" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C37" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="F37" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="G37" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="H37" s="9" t="s">
+        <v>120</v>
+      </c>
+      <c r="I37" s="9" t="s">
+        <v>113</v>
+      </c>
+      <c r="J37" s="22" t="s">
+        <v>114</v>
+      </c>
+      <c r="K37" s="9">
+        <v>2024</v>
+      </c>
+      <c r="L37" s="9">
+        <v>370000</v>
+      </c>
+      <c r="M37" s="9">
+        <v>200000</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A38" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B38" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C38" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="D38" s="23">
+        <v>28050038</v>
+      </c>
+      <c r="E38" s="9" t="s">
+        <v>122</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H38" s="9" t="s">
+        <v>134</v>
+      </c>
+      <c r="I38" s="9" t="s">
+        <v>135</v>
+      </c>
+      <c r="J38" s="22" t="s">
+        <v>136</v>
+      </c>
+      <c r="K38" s="22">
+        <v>2024</v>
+      </c>
+      <c r="L38" s="9">
+        <v>250000</v>
+      </c>
+      <c r="M38" s="9">
+        <v>58000</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A39" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B39" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C39" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="D39" s="23">
+        <v>17228188</v>
+      </c>
+      <c r="E39" s="9" t="s">
+        <v>123</v>
+      </c>
+      <c r="F39" s="9" t="s">
+        <v>137</v>
+      </c>
+      <c r="G39" s="9" t="s">
+        <v>138</v>
+      </c>
+      <c r="H39" s="9" t="s">
+        <v>139</v>
+      </c>
+      <c r="I39" s="9" t="s">
+        <v>135</v>
+      </c>
+      <c r="J39" s="22" t="s">
+        <v>136</v>
+      </c>
+      <c r="K39" s="22">
+        <v>2024</v>
+      </c>
+      <c r="L39" s="9">
+        <v>600000</v>
+      </c>
+      <c r="M39" s="9">
+        <v>58000</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A40" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B40" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C40" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="D40" s="23">
+        <v>28108869</v>
+      </c>
+      <c r="E40" s="9" t="s">
+        <v>124</v>
+      </c>
+      <c r="F40" s="9" t="s">
+        <v>140</v>
+      </c>
+      <c r="G40" s="9" t="s">
+        <v>141</v>
+      </c>
+      <c r="H40" s="9" t="s">
+        <v>142</v>
+      </c>
+      <c r="I40" s="9" t="s">
+        <v>135</v>
+      </c>
+      <c r="J40" s="22" t="s">
+        <v>136</v>
+      </c>
+      <c r="K40" s="22">
+        <v>2024</v>
+      </c>
+      <c r="L40" s="9">
+        <v>141900</v>
+      </c>
+      <c r="M40" s="9">
+        <v>58000</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A41" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B41" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C41" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="D41" s="23">
+        <v>28333811</v>
+      </c>
+      <c r="E41" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="F41" s="9" t="s">
+        <v>143</v>
+      </c>
+      <c r="G41" s="9" t="s">
+        <v>144</v>
+      </c>
+      <c r="H41" s="9" t="s">
+        <v>145</v>
+      </c>
+      <c r="I41" s="9" t="s">
+        <v>135</v>
+      </c>
+      <c r="J41" s="22" t="s">
+        <v>136</v>
+      </c>
+      <c r="K41" s="22">
+        <v>2024</v>
+      </c>
+      <c r="L41" s="9">
+        <v>247500</v>
+      </c>
+      <c r="M41" s="9">
+        <v>58000</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A42" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B42" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C42" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="D42" s="23">
+        <v>28355068</v>
+      </c>
+      <c r="E42" s="9" t="s">
+        <v>125</v>
+      </c>
+      <c r="F42" s="9" t="s">
+        <v>146</v>
+      </c>
+      <c r="G42" s="9" t="s">
+        <v>147</v>
+      </c>
+      <c r="H42" s="9" t="s">
+        <v>148</v>
+      </c>
+      <c r="I42" s="9" t="s">
+        <v>135</v>
+      </c>
+      <c r="J42" s="22" t="s">
+        <v>136</v>
+      </c>
+      <c r="K42" s="22">
+        <v>2024</v>
+      </c>
+      <c r="L42" s="9">
+        <v>154500</v>
+      </c>
+      <c r="M42" s="9">
+        <v>58000</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A43" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B43" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C43" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="D43" s="23">
+        <v>28106874</v>
+      </c>
+      <c r="E43" s="9" t="s">
+        <v>127</v>
+      </c>
+      <c r="F43" s="9" t="s">
+        <v>140</v>
+      </c>
+      <c r="G43" s="9" t="s">
+        <v>141</v>
+      </c>
+      <c r="H43" s="9" t="s">
+        <v>149</v>
+      </c>
+      <c r="I43" s="9" t="s">
+        <v>135</v>
+      </c>
+      <c r="J43" s="22" t="s">
+        <v>136</v>
+      </c>
+      <c r="K43" s="22">
+        <v>2024</v>
+      </c>
+      <c r="L43" s="9">
+        <v>96000</v>
+      </c>
+      <c r="M43" s="9">
+        <v>58000</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A44" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B44" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C44" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="D44" s="23">
+        <v>28113170</v>
+      </c>
+      <c r="E44" s="9" t="s">
+        <v>128</v>
+      </c>
+      <c r="F44" s="9" t="s">
+        <v>150</v>
+      </c>
+      <c r="G44" s="9" t="s">
+        <v>138</v>
+      </c>
+      <c r="H44" s="9" t="s">
+        <v>151</v>
+      </c>
+      <c r="I44" s="9" t="s">
+        <v>135</v>
+      </c>
+      <c r="J44" s="22" t="s">
+        <v>136</v>
+      </c>
+      <c r="K44" s="22">
+        <v>2024</v>
+      </c>
+      <c r="L44" s="9">
+        <v>160000</v>
+      </c>
+      <c r="M44" s="9">
+        <v>58000</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A45" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B45" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C45" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="D45" s="23">
+        <v>28285639</v>
+      </c>
+      <c r="E45" s="9" t="s">
+        <v>129</v>
+      </c>
+      <c r="F45" s="9" t="s">
+        <v>152</v>
+      </c>
+      <c r="G45" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="H45" s="9" t="s">
+        <v>153</v>
+      </c>
+      <c r="I45" s="9" t="s">
+        <v>135</v>
+      </c>
+      <c r="J45" s="22" t="s">
+        <v>136</v>
+      </c>
+      <c r="K45" s="22">
+        <v>2024</v>
+      </c>
+      <c r="L45" s="9">
+        <v>227000</v>
+      </c>
+      <c r="M45" s="9">
+        <v>58000</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A46" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B46" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C46" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="D46" s="23">
+        <v>17473999</v>
+      </c>
+      <c r="E46" s="9" t="s">
+        <v>130</v>
+      </c>
+      <c r="F46" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="G46" s="9" t="s">
+        <v>154</v>
+      </c>
+      <c r="H46" s="9" t="s">
+        <v>155</v>
+      </c>
+      <c r="I46" s="9" t="s">
+        <v>135</v>
+      </c>
+      <c r="J46" s="22" t="s">
+        <v>136</v>
+      </c>
+      <c r="K46" s="22">
+        <v>2024</v>
+      </c>
+      <c r="L46" s="9">
+        <v>150000</v>
+      </c>
+      <c r="M46" s="9">
+        <v>58000</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A47" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B47" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C47" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="D47" s="23">
+        <v>28051921</v>
+      </c>
+      <c r="E47" s="9" t="s">
+        <v>131</v>
+      </c>
+      <c r="F47" s="9" t="s">
+        <v>156</v>
+      </c>
+      <c r="G47" s="9" t="s">
+        <v>157</v>
+      </c>
+      <c r="H47" s="9" t="s">
+        <v>158</v>
+      </c>
+      <c r="I47" s="9" t="s">
+        <v>135</v>
+      </c>
+      <c r="J47" s="22" t="s">
+        <v>136</v>
+      </c>
+      <c r="K47" s="22">
+        <v>2024</v>
+      </c>
+      <c r="L47" s="9">
+        <v>220000</v>
+      </c>
+      <c r="M47" s="9">
+        <v>58000</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A48" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B48" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C48" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="D48" s="23">
+        <v>17660748</v>
+      </c>
+      <c r="E48" s="9" t="s">
+        <v>132</v>
+      </c>
+      <c r="F48" s="9" t="s">
+        <v>159</v>
+      </c>
+      <c r="G48" s="9" t="s">
+        <v>161</v>
+      </c>
+      <c r="H48" s="9" t="s">
+        <v>160</v>
+      </c>
+      <c r="I48" s="9" t="s">
+        <v>135</v>
+      </c>
+      <c r="J48" s="22" t="s">
+        <v>136</v>
+      </c>
+      <c r="K48" s="22">
+        <v>2024</v>
+      </c>
+      <c r="L48" s="9">
+        <v>96050</v>
+      </c>
+      <c r="M48" s="9">
+        <v>16050</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A49" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B49" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C49" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="D49" s="23">
+        <v>28108389</v>
+      </c>
+      <c r="E49" s="9" t="s">
+        <v>133</v>
+      </c>
+      <c r="F49" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="G49" s="9" t="s">
+        <v>154</v>
+      </c>
+      <c r="H49" s="9" t="s">
+        <v>169</v>
+      </c>
+      <c r="I49" s="9" t="s">
+        <v>135</v>
+      </c>
+      <c r="J49" s="22" t="s">
+        <v>136</v>
+      </c>
+      <c r="K49" s="22">
+        <v>2024</v>
+      </c>
+      <c r="L49" s="9">
+        <v>221000</v>
+      </c>
+      <c r="M49" s="9">
+        <v>58000</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A50" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B50" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C50" s="9" t="s">
+        <v>162</v>
+      </c>
+      <c r="D50" s="23">
+        <v>17580167</v>
+      </c>
+      <c r="E50" s="9" t="s">
+        <v>163</v>
+      </c>
+      <c r="F50" s="9" t="s">
+        <v>150</v>
+      </c>
+      <c r="G50" s="9" t="s">
+        <v>138</v>
+      </c>
+      <c r="H50" s="24" t="s">
+        <v>168</v>
+      </c>
+      <c r="I50" s="9" t="s">
+        <v>181</v>
+      </c>
+      <c r="J50" s="22" t="s">
+        <v>110</v>
+      </c>
+      <c r="K50" s="22" t="s">
+        <v>182</v>
+      </c>
+      <c r="L50" s="9">
+        <v>200000</v>
+      </c>
+      <c r="M50" s="9">
+        <v>140000</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A51" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B51" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C51" s="9" t="s">
+        <v>162</v>
+      </c>
+      <c r="D51" s="23">
+        <v>17580167</v>
+      </c>
+      <c r="E51" s="9" t="s">
+        <v>164</v>
+      </c>
+      <c r="F51" s="9" t="s">
+        <v>170</v>
+      </c>
+      <c r="G51" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="H51" s="24" t="s">
+        <v>171</v>
+      </c>
+      <c r="I51" s="9" t="s">
+        <v>181</v>
+      </c>
+      <c r="J51" s="22" t="s">
+        <v>110</v>
+      </c>
+      <c r="K51" s="22" t="s">
+        <v>182</v>
+      </c>
+      <c r="L51" s="9">
+        <v>200000</v>
+      </c>
+      <c r="M51" s="9">
+        <v>140000</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A52" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B52" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C52" s="9" t="s">
+        <v>162</v>
+      </c>
+      <c r="D52" s="23">
+        <v>17580167</v>
+      </c>
+      <c r="E52" s="9" t="s">
+        <v>165</v>
+      </c>
+      <c r="F52" s="9" t="s">
+        <v>172</v>
+      </c>
+      <c r="G52" s="9" t="s">
+        <v>173</v>
+      </c>
+      <c r="H52" s="24" t="s">
+        <v>174</v>
+      </c>
+      <c r="I52" s="9" t="s">
+        <v>181</v>
+      </c>
+      <c r="J52" s="22" t="s">
+        <v>110</v>
+      </c>
+      <c r="K52" s="22" t="s">
+        <v>182</v>
+      </c>
+      <c r="L52" s="9">
+        <v>231853</v>
+      </c>
+      <c r="M52" s="9">
+        <v>140000</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A53" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B53" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C53" s="9" t="s">
+        <v>162</v>
+      </c>
+      <c r="D53" s="23">
+        <v>17580167</v>
+      </c>
+      <c r="E53" s="9" t="s">
+        <v>166</v>
+      </c>
+      <c r="F53" s="9" t="s">
+        <v>175</v>
+      </c>
+      <c r="G53" s="9" t="s">
+        <v>176</v>
+      </c>
+      <c r="H53" s="24" t="s">
+        <v>179</v>
+      </c>
+      <c r="I53" s="9" t="s">
+        <v>181</v>
+      </c>
+      <c r="J53" s="22" t="s">
+        <v>110</v>
+      </c>
+      <c r="K53" s="22" t="s">
+        <v>182</v>
+      </c>
+      <c r="L53" s="9">
+        <v>670000</v>
+      </c>
+      <c r="M53" s="9">
+        <v>140000</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A54" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B54" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C54" s="9" t="s">
+        <v>162</v>
+      </c>
+      <c r="D54" s="23">
+        <v>17580167</v>
+      </c>
+      <c r="E54" s="9" t="s">
+        <v>167</v>
+      </c>
+      <c r="F54" s="9" t="s">
+        <v>177</v>
+      </c>
+      <c r="G54" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="H54" s="24" t="s">
+        <v>180</v>
+      </c>
+      <c r="I54" s="9" t="s">
+        <v>181</v>
+      </c>
+      <c r="J54" s="22" t="s">
+        <v>110</v>
+      </c>
+      <c r="K54" s="22" t="s">
+        <v>182</v>
+      </c>
+      <c r="L54" s="9">
+        <v>233750</v>
+      </c>
+      <c r="M54" s="9">
+        <v>140000</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A55" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B55" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C55" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D55" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H55" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="I55" s="9" t="s">
+        <v>185</v>
+      </c>
+      <c r="J55" s="25">
+        <v>45707</v>
+      </c>
+      <c r="K55" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="L55" s="9">
+        <v>1662000</v>
+      </c>
+      <c r="M55" s="9">
+        <v>1453000</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A56" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B56" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C56" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D56" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H56" s="9" t="s">
+        <v>184</v>
+      </c>
+      <c r="I56" s="9" t="s">
+        <v>185</v>
+      </c>
+      <c r="J56" s="25">
+        <v>45707</v>
+      </c>
+      <c r="K56" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="L56" s="9">
+        <v>1997410</v>
+      </c>
+      <c r="M56" s="9">
+        <v>1844600</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A57" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B57" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C57" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D57" s="23">
+        <v>7326297</v>
+      </c>
+      <c r="E57" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="F57" s="9" t="s">
+        <v>107</v>
+      </c>
+      <c r="G57" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="H57" s="9" t="s">
+        <v>187</v>
+      </c>
+      <c r="I57" s="9" t="s">
+        <v>188</v>
+      </c>
+      <c r="J57" s="22" t="s">
+        <v>189</v>
+      </c>
+      <c r="K57" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="L57" s="9">
+        <v>202000</v>
+      </c>
+      <c r="M57" s="9">
+        <v>202000</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A58" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B58" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C58" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H58" s="9" t="s">
+        <v>192</v>
+      </c>
+      <c r="I58" s="9" t="s">
+        <v>190</v>
+      </c>
+      <c r="J58" s="22" t="s">
+        <v>191</v>
+      </c>
+      <c r="K58" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="L58" s="9">
+        <v>250000</v>
+      </c>
+      <c r="M58" s="9">
+        <v>250000</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A59" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B59" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C59" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H59" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I59" s="9" t="s">
+        <v>190</v>
+      </c>
+      <c r="J59" s="22" t="s">
+        <v>191</v>
+      </c>
+      <c r="K59" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="L59" s="9">
+        <v>257000</v>
+      </c>
+      <c r="M59" s="9">
+        <v>250000</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A60" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B60" s="8">
+        <v>70491</v>
+      </c>
+      <c r="C60" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D60" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="E60" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="F60" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G60" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="H60" s="9" t="s">
+        <v>194</v>
+      </c>
+      <c r="I60" s="9" t="s">
+        <v>190</v>
+      </c>
+      <c r="J60" s="22" t="s">
+        <v>191</v>
+      </c>
+      <c r="K60" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="L60" s="9">
+        <v>250000</v>
+      </c>
+      <c r="M60" s="9">
+        <v>250000</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A61" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B61" s="9">
+        <v>70491</v>
+      </c>
+      <c r="C61" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" s="23">
+        <v>20456540</v>
+      </c>
+      <c r="E61" s="9" t="s">
+        <v>198</v>
+      </c>
+      <c r="F61" s="9" t="s">
+        <v>197</v>
+      </c>
+      <c r="G61" s="9" t="s">
+        <v>196</v>
+      </c>
+      <c r="H61" s="9" t="s">
+        <v>195</v>
+      </c>
+      <c r="I61" s="9" t="s">
+        <v>190</v>
+      </c>
+      <c r="J61" s="22" t="s">
+        <v>191</v>
+      </c>
+      <c r="K61" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="L61" s="9">
+        <v>250000</v>
+      </c>
+      <c r="M61" s="9">
+        <v>250000</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A62" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B62" s="9">
+        <v>70491</v>
+      </c>
+      <c r="C62" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="D62" s="23">
+        <v>28111843</v>
+      </c>
+      <c r="E62" s="9" t="s">
+        <v>201</v>
+      </c>
+      <c r="F62" s="9" t="s">
+        <v>202</v>
+      </c>
+      <c r="G62" s="9" t="s">
+        <v>203</v>
+      </c>
+      <c r="H62" s="9" t="s">
+        <v>204</v>
+      </c>
+      <c r="I62" s="9" t="s">
+        <v>199</v>
+      </c>
+      <c r="J62" s="22" t="s">
+        <v>200</v>
+      </c>
+      <c r="K62" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="L62" s="9">
+        <v>243000</v>
+      </c>
+      <c r="M62" s="9">
+        <v>180000</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A63" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B63" s="9">
+        <v>70491</v>
+      </c>
+      <c r="C63" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="D63" s="23">
+        <v>28050038</v>
+      </c>
+      <c r="E63" s="9" t="s">
+        <v>122</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H63" s="9" t="s">
+        <v>205</v>
+      </c>
+      <c r="I63" s="9" t="s">
+        <v>199</v>
+      </c>
+      <c r="J63" s="22" t="s">
+        <v>200</v>
+      </c>
+      <c r="K63" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="L63" s="9">
+        <v>250000</v>
+      </c>
+      <c r="M63" s="9">
+        <v>210000</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A64" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B64" s="9">
+        <v>70491</v>
+      </c>
+      <c r="C64" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="D64" s="23">
+        <v>17228188</v>
+      </c>
+      <c r="E64" s="9" t="s">
+        <v>123</v>
+      </c>
+      <c r="F64" s="9" t="s">
+        <v>137</v>
+      </c>
+      <c r="G64" s="9" t="s">
+        <v>138</v>
+      </c>
+      <c r="H64" s="24" t="s">
+        <v>206</v>
+      </c>
+      <c r="I64" s="9" t="s">
+        <v>199</v>
+      </c>
+      <c r="J64" s="22" t="s">
+        <v>200</v>
+      </c>
+      <c r="K64" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="L64" s="9">
+        <v>1493300</v>
+      </c>
+      <c r="M64" s="9">
+        <v>230000</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A65" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B65" s="9">
+        <v>70491</v>
+      </c>
+      <c r="C65" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="D65" s="23">
+        <v>28051921</v>
+      </c>
+      <c r="E65" s="9" t="s">
+        <v>131</v>
+      </c>
+      <c r="F65" s="9" t="s">
+        <v>156</v>
+      </c>
+      <c r="G65" s="9" t="s">
+        <v>157</v>
+      </c>
+      <c r="H65" s="24" t="s">
+        <v>207</v>
+      </c>
+      <c r="I65" s="9" t="s">
+        <v>199</v>
+      </c>
+      <c r="J65" s="22" t="s">
+        <v>200</v>
+      </c>
+      <c r="K65" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="L65" s="9">
+        <v>240000</v>
+      </c>
+      <c r="M65" s="9">
+        <v>180000</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A66" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B66" s="9">
+        <v>70491</v>
+      </c>
+      <c r="C66" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="D66" s="23">
+        <v>28108869</v>
+      </c>
+      <c r="E66" s="9" t="s">
+        <v>124</v>
+      </c>
+      <c r="F66" s="9" t="s">
+        <v>140</v>
+      </c>
+      <c r="G66" s="9" t="s">
+        <v>141</v>
+      </c>
+      <c r="H66" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="I66" s="9" t="s">
+        <v>199</v>
+      </c>
+      <c r="J66" s="22" t="s">
+        <v>200</v>
+      </c>
+      <c r="K66" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="L66" s="9">
+        <v>125000</v>
+      </c>
+      <c r="M66" s="9">
+        <v>125000</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A67" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B67" s="9">
+        <v>70491</v>
+      </c>
+      <c r="C67" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="D67" s="23">
+        <v>28106874</v>
+      </c>
+      <c r="E67" s="9" t="s">
+        <v>127</v>
+      </c>
+      <c r="F67" s="9" t="s">
+        <v>140</v>
+      </c>
+      <c r="G67" s="9" t="s">
+        <v>141</v>
+      </c>
+      <c r="H67" s="26" t="s">
+        <v>209</v>
+      </c>
+      <c r="I67" s="9" t="s">
+        <v>199</v>
+      </c>
+      <c r="J67" s="22" t="s">
+        <v>200</v>
+      </c>
+      <c r="K67" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="L67" s="9">
+        <v>75000</v>
+      </c>
+      <c r="M67" s="9">
+        <v>75000</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A68" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B68" s="9">
+        <v>70491</v>
+      </c>
+      <c r="C68" s="9" t="s">
+        <v>162</v>
+      </c>
+      <c r="D68" s="23">
+        <v>17580167</v>
+      </c>
+      <c r="E68" s="9" t="s">
+        <v>163</v>
+      </c>
+      <c r="F68" s="9" t="s">
+        <v>150</v>
+      </c>
+      <c r="G68" s="9" t="s">
+        <v>138</v>
+      </c>
+      <c r="H68" s="24" t="s">
+        <v>213</v>
+      </c>
+      <c r="I68" s="9" t="s">
+        <v>211</v>
+      </c>
+      <c r="J68" s="22" t="s">
+        <v>212</v>
+      </c>
+      <c r="K68" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="L68" s="9">
+        <v>258000</v>
+      </c>
+      <c r="M68" s="9">
+        <v>250000</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A69" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B69" s="9">
+        <v>70491</v>
+      </c>
+      <c r="C69" s="9" t="s">
+        <v>162</v>
+      </c>
+      <c r="D69" s="23">
+        <v>17580167</v>
+      </c>
+      <c r="E69" s="9" t="s">
+        <v>166</v>
+      </c>
+      <c r="F69" s="9" t="s">
+        <v>175</v>
+      </c>
+      <c r="G69" s="9" t="s">
+        <v>176</v>
+      </c>
+      <c r="H69" s="24" t="s">
+        <v>214</v>
+      </c>
+      <c r="I69" s="9" t="s">
+        <v>211</v>
+      </c>
+      <c r="J69" s="22" t="s">
+        <v>212</v>
+      </c>
+      <c r="K69" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="L69" s="9">
+        <v>500000</v>
+      </c>
+      <c r="M69" s="9">
+        <v>250000</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A70" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B70" s="9">
+        <v>70491</v>
+      </c>
+      <c r="C70" s="9" t="s">
+        <v>162</v>
+      </c>
+      <c r="D70" s="23">
+        <v>17580167</v>
+      </c>
+      <c r="E70" s="9" t="s">
+        <v>165</v>
+      </c>
+      <c r="F70" s="9" t="s">
+        <v>172</v>
+      </c>
+      <c r="G70" s="9" t="s">
+        <v>173</v>
+      </c>
+      <c r="H70" s="24" t="s">
+        <v>215</v>
+      </c>
+      <c r="I70" s="9" t="s">
+        <v>211</v>
+      </c>
+      <c r="J70" s="22" t="s">
+        <v>212</v>
+      </c>
+      <c r="K70" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="L70" s="9">
+        <v>406970</v>
+      </c>
+      <c r="M70" s="9">
+        <v>250000</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A71" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B71" s="9">
+        <v>70491</v>
+      </c>
+      <c r="C71" s="9" t="s">
+        <v>162</v>
+      </c>
+      <c r="D71" s="23">
+        <v>17580167</v>
+      </c>
+      <c r="E71" s="9" t="s">
+        <v>210</v>
+      </c>
+      <c r="F71" s="9" t="s">
+        <v>177</v>
+      </c>
+      <c r="G71" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="H71" s="24" t="s">
+        <v>216</v>
+      </c>
+      <c r="I71" s="9" t="s">
+        <v>211</v>
+      </c>
+      <c r="J71" s="22" t="s">
+        <v>212</v>
+      </c>
+      <c r="K71" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="L71" s="9">
+        <v>573000</v>
+      </c>
+      <c r="M71" s="9">
+        <v>250000</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A72" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B72" s="9">
+        <v>70491</v>
+      </c>
+      <c r="C72" s="9" t="s">
+        <v>217</v>
+      </c>
+      <c r="D72" s="23">
+        <v>28355068</v>
+      </c>
+      <c r="E72" s="9" t="s">
+        <v>125</v>
+      </c>
+      <c r="F72" s="9" t="s">
+        <v>146</v>
+      </c>
+      <c r="G72" s="9" t="s">
+        <v>147</v>
+      </c>
+      <c r="H72" s="24" t="s">
+        <v>225</v>
+      </c>
+      <c r="I72" s="9" t="s">
+        <v>232</v>
+      </c>
+      <c r="J72" s="22" t="s">
+        <v>233</v>
+      </c>
+      <c r="K72" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="L72" s="9">
+        <v>85000</v>
+      </c>
+      <c r="M72" s="9">
+        <v>85000</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A73" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B73" s="9">
+        <v>70491</v>
+      </c>
+      <c r="C73" s="9" t="s">
+        <v>217</v>
+      </c>
+      <c r="D73" s="23">
+        <v>28113170</v>
+      </c>
+      <c r="E73" s="9" t="s">
+        <v>128</v>
+      </c>
+      <c r="F73" s="9" t="s">
+        <v>150</v>
+      </c>
+      <c r="G73" s="9" t="s">
+        <v>138</v>
+      </c>
+      <c r="H73" s="24" t="s">
+        <v>226</v>
+      </c>
+      <c r="I73" s="9" t="s">
+        <v>232</v>
+      </c>
+      <c r="J73" s="22" t="s">
+        <v>233</v>
+      </c>
+      <c r="K73" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="L73" s="9">
+        <v>160000</v>
+      </c>
+      <c r="M73" s="9">
+        <v>120000</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A74" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B74" s="9">
+        <v>70491</v>
+      </c>
+      <c r="C74" s="9" t="s">
+        <v>217</v>
+      </c>
+      <c r="D74" s="23">
+        <v>28108389</v>
+      </c>
+      <c r="E74" s="9" t="s">
+        <v>133</v>
+      </c>
+      <c r="F74" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="G74" s="9" t="s">
+        <v>154</v>
+      </c>
+      <c r="H74" s="24" t="s">
+        <v>227</v>
+      </c>
+      <c r="I74" s="9" t="s">
+        <v>232</v>
+      </c>
+      <c r="J74" s="22" t="s">
+        <v>233</v>
+      </c>
+      <c r="K74" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="L74" s="9">
+        <v>265000</v>
+      </c>
+      <c r="M74" s="9">
+        <v>130000</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A75" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B75" s="9">
+        <v>70491</v>
+      </c>
+      <c r="C75" s="9" t="s">
+        <v>217</v>
+      </c>
+      <c r="D75" s="23">
+        <v>7329377</v>
+      </c>
+      <c r="E75" s="9" t="s">
+        <v>218</v>
+      </c>
+      <c r="F75" s="9" t="s">
+        <v>222</v>
+      </c>
+      <c r="G75" s="9" t="s">
+        <v>138</v>
+      </c>
+      <c r="H75" s="24" t="s">
+        <v>228</v>
+      </c>
+      <c r="I75" s="9" t="s">
+        <v>232</v>
+      </c>
+      <c r="J75" s="22" t="s">
+        <v>233</v>
+      </c>
+      <c r="K75" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="L75" s="9">
+        <v>350000</v>
+      </c>
+      <c r="M75" s="9">
+        <v>150000</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A76" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B76" s="9">
+        <v>70491</v>
+      </c>
+      <c r="C76" s="9" t="s">
+        <v>217</v>
+      </c>
+      <c r="D76" s="23">
+        <v>28202563</v>
+      </c>
+      <c r="E76" s="9" t="s">
+        <v>219</v>
+      </c>
+      <c r="F76" s="9" t="s">
+        <v>222</v>
+      </c>
+      <c r="G76" s="9" t="s">
+        <v>138</v>
+      </c>
+      <c r="H76" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="I76" s="9" t="s">
+        <v>232</v>
+      </c>
+      <c r="J76" s="22" t="s">
+        <v>233</v>
+      </c>
+      <c r="K76" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="L76" s="9">
+        <v>100000</v>
+      </c>
+      <c r="M76" s="9">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A77" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B77" s="9">
+        <v>70491</v>
+      </c>
+      <c r="C77" s="9" t="s">
+        <v>217</v>
+      </c>
+      <c r="D77" s="23">
+        <v>28333811</v>
+      </c>
+      <c r="E77" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="F77" s="9" t="s">
+        <v>143</v>
+      </c>
+      <c r="G77" s="9" t="s">
+        <v>144</v>
+      </c>
+      <c r="H77" s="24" t="s">
+        <v>145</v>
+      </c>
+      <c r="I77" s="9" t="s">
+        <v>232</v>
+      </c>
+      <c r="J77" s="22" t="s">
+        <v>233</v>
+      </c>
+      <c r="K77" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="L77" s="9">
+        <v>247500</v>
+      </c>
+      <c r="M77" s="9">
+        <v>130000</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A78" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B78" s="9">
+        <v>70491</v>
+      </c>
+      <c r="C78" s="9" t="s">
+        <v>217</v>
+      </c>
+      <c r="D78" s="23">
+        <v>28285639</v>
+      </c>
+      <c r="E78" s="9" t="s">
+        <v>129</v>
+      </c>
+      <c r="F78" s="9" t="s">
+        <v>152</v>
+      </c>
+      <c r="G78" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="H78" s="24" t="s">
+        <v>153</v>
+      </c>
+      <c r="I78" s="9" t="s">
+        <v>232</v>
+      </c>
+      <c r="J78" s="22" t="s">
+        <v>233</v>
+      </c>
+      <c r="K78" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="L78" s="9">
+        <v>235000</v>
+      </c>
+      <c r="M78" s="9">
+        <v>130000</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A79" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B79" s="9">
+        <v>70491</v>
+      </c>
+      <c r="C79" s="9" t="s">
+        <v>217</v>
+      </c>
+      <c r="D79" s="23">
+        <v>28275838</v>
+      </c>
+      <c r="E79" s="24" t="s">
+        <v>220</v>
+      </c>
+      <c r="F79" s="27" t="s">
+        <v>223</v>
+      </c>
+      <c r="G79" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="H79" s="24" t="s">
+        <v>230</v>
+      </c>
+      <c r="I79" s="9" t="s">
+        <v>232</v>
+      </c>
+      <c r="J79" s="22" t="s">
+        <v>233</v>
+      </c>
+      <c r="K79" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="L79" s="9">
+        <v>150000</v>
+      </c>
+      <c r="M79" s="9">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A80" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B80" s="9">
+        <v>70491</v>
+      </c>
+      <c r="C80" s="9" t="s">
+        <v>217</v>
+      </c>
+      <c r="D80" s="23">
+        <v>7329423</v>
+      </c>
+      <c r="E80" s="24" t="s">
+        <v>221</v>
+      </c>
+      <c r="F80" s="9" t="s">
+        <v>224</v>
+      </c>
+      <c r="G80" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="H80" s="24" t="s">
+        <v>231</v>
+      </c>
+      <c r="I80" s="9" t="s">
+        <v>232</v>
+      </c>
+      <c r="J80" s="22" t="s">
+        <v>233</v>
+      </c>
+      <c r="K80" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="L80" s="9">
+        <v>247352</v>
+      </c>
+      <c r="M80" s="9">
+        <v>247352</v>
+      </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ОДЛУКЕ</vt:lpstr>