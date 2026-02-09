--- v0 (2025-12-09)
+++ v1 (2026-02-09)
@@ -2,74 +2,74 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="X:\podaci\magacin\veleprodaja\P R O D A J A\Milan Janicijevic X\Uredba Septembar 2025\Za Poresku\20251006\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="X:\podaci\magacin\veleprodaja\P R O D A J A\Milan Janicijevic X\Uredba Septembar 2025\Za Poresku\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0BCFB3C1-2F73-4731-9131-1830D48A18C5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A9D0F300-0EBD-4132-9ACE-D892F3279328}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="3120" yWindow="3120" windowWidth="27705" windowHeight="16755" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="181029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:FV"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="169" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173" uniqueCount="106">
   <si>
     <t>Adresa</t>
   </si>
   <si>
     <t>Mesto</t>
   </si>
   <si>
     <t>Prodavnica br. 70</t>
   </si>
   <si>
     <t>Starine Novaka br. 2</t>
   </si>
   <si>
     <t>Žiča</t>
   </si>
   <si>
     <t>Prodavnica br. 73</t>
   </si>
   <si>
     <t>Jovana Deroka br. 6</t>
   </si>
   <si>
     <t xml:space="preserve">Kraljevo </t>
   </si>
   <si>
@@ -334,50 +334,59 @@
     <t>Radojice Radosavljevića br. 8</t>
   </si>
   <si>
     <t>Prodavnica br. 97</t>
   </si>
   <si>
     <t>Bulevar Tanaska Rajića br.28/a</t>
   </si>
   <si>
     <t>Prodavnica br. 98</t>
   </si>
   <si>
     <t>Bulevar Tanaska Rajića br. 5</t>
   </si>
   <si>
     <t>Prodavnica br. 99</t>
   </si>
   <si>
     <t>Episkopa Nikifora Maksimovića br. 9</t>
   </si>
   <si>
     <t>Naziv MP objekta</t>
   </si>
   <si>
     <t>Naziv trgovca - formata (pripadajući Cenovnik)</t>
+  </si>
+  <si>
+    <t>Prodavnica br. 74</t>
+  </si>
+  <si>
+    <t>Nikole Tesle br. 158</t>
+  </si>
+  <si>
+    <t>Adrani</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
@@ -772,54 +781,54 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:D47"/>
+  <dimension ref="A1:D48"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D2" sqref="D2"/>
+      <selection activeCell="D48" sqref="D48"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18.7109375" customWidth="1"/>
     <col min="2" max="2" width="33.85546875" customWidth="1"/>
     <col min="3" max="3" width="17.7109375" customWidth="1"/>
     <col min="4" max="4" width="42.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="1021" width="8.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="5" t="s">
         <v>101</v>
       </c>
       <c r="B1" s="5" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="5" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="8" t="s">
         <v>102</v>
       </c>
     </row>
@@ -1404,50 +1413,64 @@
     <row r="46" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A46" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>4</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A47" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>6</v>
       </c>
       <c r="C47" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D47" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A48" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="C48" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="D48" s="2" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="5" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51180555555555496" footer="0.51180555555555496"/>
   <pageSetup paperSize="9" scale="91" firstPageNumber="0" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>