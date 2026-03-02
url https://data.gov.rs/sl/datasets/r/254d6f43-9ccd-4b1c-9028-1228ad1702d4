--- v1 (2026-02-09)
+++ v2 (2026-03-02)
@@ -5,71 +5,71 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="X:\podaci\magacin\veleprodaja\P R O D A J A\Milan Janicijevic X\Uredba Septembar 2025\Za Poresku\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A9D0F300-0EBD-4132-9ACE-D892F3279328}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1FF5AC13-D174-4FC6-9554-7906A0E531A8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="181029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:FV"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173" uniqueCount="106">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="177" uniqueCount="108">
   <si>
     <t>Adresa</t>
   </si>
   <si>
     <t>Mesto</t>
   </si>
   <si>
     <t>Prodavnica br. 70</t>
   </si>
   <si>
     <t>Starine Novaka br. 2</t>
   </si>
   <si>
     <t>Žiča</t>
   </si>
   <si>
     <t>Prodavnica br. 73</t>
   </si>
   <si>
     <t>Jovana Deroka br. 6</t>
   </si>
   <si>
     <t xml:space="preserve">Kraljevo </t>
   </si>
   <si>
@@ -343,50 +343,56 @@
     <t>Prodavnica br. 98</t>
   </si>
   <si>
     <t>Bulevar Tanaska Rajića br. 5</t>
   </si>
   <si>
     <t>Prodavnica br. 99</t>
   </si>
   <si>
     <t>Episkopa Nikifora Maksimovića br. 9</t>
   </si>
   <si>
     <t>Naziv MP objekta</t>
   </si>
   <si>
     <t>Naziv trgovca - formata (pripadajući Cenovnik)</t>
   </si>
   <si>
     <t>Prodavnica br. 74</t>
   </si>
   <si>
     <t>Nikole Tesle br. 158</t>
   </si>
   <si>
     <t>Adrani</t>
+  </si>
+  <si>
+    <t>Prodavnica br. 76</t>
+  </si>
+  <si>
+    <t>Hajduk Veljkova br. 44</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
@@ -781,54 +787,54 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:D48"/>
+  <dimension ref="A1:D49"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D48" sqref="D48"/>
+      <selection activeCell="C50" sqref="C50"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18.7109375" customWidth="1"/>
     <col min="2" max="2" width="33.85546875" customWidth="1"/>
     <col min="3" max="3" width="17.7109375" customWidth="1"/>
     <col min="4" max="4" width="42.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="1021" width="8.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="5" t="s">
         <v>101</v>
       </c>
       <c r="B1" s="5" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="5" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="8" t="s">
         <v>102</v>
       </c>
     </row>
@@ -1427,50 +1433,64 @@
     <row r="47" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A47" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>6</v>
       </c>
       <c r="C47" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D47" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A48" s="1" t="s">
         <v>103</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C48" s="4" t="s">
         <v>105</v>
       </c>
       <c r="D48" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A49" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="B49" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="C49" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D49" s="2" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="5" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51180555555555496" footer="0.51180555555555496"/>
   <pageSetup paperSize="9" scale="91" firstPageNumber="0" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>