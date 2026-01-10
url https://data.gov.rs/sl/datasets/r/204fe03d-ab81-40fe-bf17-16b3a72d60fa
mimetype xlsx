--- v0 (2025-10-09)
+++ v1 (2026-01-10)
@@ -3,79 +3,79 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="7" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\bojan.s\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Admin\Desktop\Nova fascikla\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="15345" windowHeight="4455"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="20490" windowHeight="7500"/>
   </bookViews>
   <sheets>
     <sheet name="СПОРТ" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="125725"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="417" uniqueCount="148">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="229" uniqueCount="115">
   <si>
     <t>Општина/Град</t>
   </si>
   <si>
     <t>Општина/Град шифра</t>
   </si>
   <si>
     <t>Програм</t>
   </si>
   <si>
     <t>Национална категоризација спортова</t>
   </si>
   <si>
     <t>Матични број организације/удружења</t>
   </si>
   <si>
     <t>Пун назив организације</t>
   </si>
   <si>
     <t>Адреса организације</t>
   </si>
   <si>
     <t>Седиште спортске организације</t>
   </si>
   <si>
@@ -87,288 +87,189 @@
   <si>
     <t>Година</t>
   </si>
   <si>
     <t>Програм/Сврха</t>
   </si>
   <si>
     <t xml:space="preserve">Тражени износ средстава </t>
   </si>
   <si>
     <t>Одобрен износ средстава</t>
   </si>
   <si>
     <t>Деспотовац</t>
   </si>
   <si>
     <t>ГОДИШЊИ ПРОГРАМ</t>
   </si>
   <si>
     <t>прва категорија- фудбал</t>
   </si>
   <si>
     <t>17013947</t>
   </si>
   <si>
-    <t>Фудбалски клуб "БЕЉАНИЦА"</t>
-[...1 lines deleted...]
-  <si>
     <t>Стрмостен бб</t>
   </si>
   <si>
     <t>Стрмостен, Деспотовац</t>
   </si>
   <si>
-    <t>друга категорија- карате</t>
-[...1 lines deleted...]
-  <si>
     <t>17616005</t>
   </si>
   <si>
-    <t xml:space="preserve">	Карате клуб "РЕСАВИЦА"</t>
-[...1 lines deleted...]
-  <si>
     <t>6. Август 1/6</t>
   </si>
   <si>
     <t>07329393</t>
   </si>
   <si>
-    <t xml:space="preserve">Фудбaлски клуб "Рудaр" </t>
-[...7 lines deleted...]
-  <si>
     <t>Сењски Рудник бб</t>
   </si>
   <si>
     <t>Сењски Рудник, Деспотовац</t>
   </si>
   <si>
-    <t xml:space="preserve">Фудбaлски клуб "Будућнoст"  </t>
-[...1 lines deleted...]
-  <si>
     <t>Mиливa бб</t>
   </si>
   <si>
     <t>Mиливa, Деспотовац</t>
   </si>
   <si>
-    <t>друга категорија- шах</t>
-[...1 lines deleted...]
-  <si>
     <t>28794665</t>
   </si>
   <si>
-    <t>Шаховски клуб "Рембас"</t>
-[...1 lines deleted...]
-  <si>
     <t>6. Август бб</t>
   </si>
   <si>
     <t>Ресавица, Деспотовац</t>
   </si>
   <si>
     <t>17047612</t>
   </si>
   <si>
-    <t xml:space="preserve">Фудбaлски клуб "Jaвoр" </t>
-[...7 lines deleted...]
-  <si>
     <t>17294873</t>
   </si>
   <si>
-    <t xml:space="preserve">Фудбaлски клуб "Синђeлић" </t>
-[...7 lines deleted...]
-  <si>
     <t>28823479</t>
   </si>
   <si>
-    <t>Спортско удружење "Орлови"</t>
-[...1 lines deleted...]
-  <si>
     <t>Јасеново бб</t>
   </si>
   <si>
     <t>Јасеново, Деспотовац</t>
   </si>
   <si>
     <t>17032291</t>
   </si>
   <si>
-    <t>Фудбалски клуб "РЕМБАС"</t>
-[...1 lines deleted...]
-  <si>
     <t>17821032</t>
   </si>
   <si>
-    <t>Фудбалски клуб "ОФК БРАТСТВО"</t>
-[...1 lines deleted...]
-  <si>
     <t>Медвеђа бб</t>
   </si>
   <si>
     <t>Медвеђа, Деспотовац</t>
   </si>
   <si>
     <t>17723570</t>
   </si>
   <si>
-    <t>Фудбалски клуб "Виола"</t>
-[...1 lines deleted...]
-  <si>
     <t>Савез бораца 112</t>
   </si>
   <si>
     <t>прва категорија- кошарка</t>
   </si>
   <si>
     <t>17021052</t>
   </si>
   <si>
-    <t>Кoшaркaшки клуб "Слoгa"</t>
-[...1 lines deleted...]
-  <si>
     <t>Саве Ковачевића 47</t>
   </si>
   <si>
     <t>17047019</t>
   </si>
   <si>
-    <t>Фудбалски клуб "Ресава"</t>
-[...1 lines deleted...]
-  <si>
     <t>Буковац бб</t>
   </si>
   <si>
     <t>Буковац, Деспотовац</t>
   </si>
   <si>
     <t>17044532</t>
   </si>
   <si>
-    <t xml:space="preserve">Фудбaлски клуб "Плaнинaц" </t>
-[...1 lines deleted...]
-  <si>
     <t>Пaњeвaц  бб</t>
   </si>
   <si>
     <t>Пaњeвaц , Деспотовац</t>
   </si>
   <si>
     <t>28797494</t>
   </si>
   <si>
     <t>Фудбалски клуб 15 август 1950</t>
   </si>
   <si>
     <t>Ломница бб</t>
   </si>
   <si>
     <t>Ломница, Деспотовац</t>
   </si>
   <si>
     <t>17045768</t>
   </si>
   <si>
     <t>Фудбалски савез општине Деспотовац</t>
   </si>
   <si>
     <t>Моравска 18</t>
   </si>
   <si>
     <t>17817841</t>
   </si>
   <si>
-    <t>Спортско-пењачки клуб "Осмица"</t>
-[...1 lines deleted...]
-  <si>
     <t>Рудничка 41</t>
   </si>
   <si>
     <t>28789564</t>
   </si>
   <si>
-    <t xml:space="preserve">Фудбaлски клуб "Слoгa" Дeспoтoвaц </t>
-[...4 lines deleted...]
-  <si>
     <t>07338236</t>
   </si>
   <si>
-    <t>Спортско друштво "РУДАР"</t>
-[...1 lines deleted...]
-  <si>
     <t>17021435</t>
   </si>
   <si>
     <t>Плажане бб</t>
   </si>
   <si>
     <t>Плажане, Деспотовац</t>
   </si>
   <si>
-    <t>28719116</t>
-[...16 lines deleted...]
-  <si>
     <t>07341270</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Фудбaлски клуб "Нaпрeдaк" </t>
   </si>
   <si>
     <t>Злaтoвo  бб</t>
   </si>
   <si>
     <t>Злaтoвo , Деспотовац</t>
   </si>
   <si>
     <t>28724977</t>
   </si>
   <si>
     <t>Спортско кошаркашко удружење "Академија Мишковић"</t>
   </si>
   <si>
     <t>Омладинска 35</t>
   </si>
   <si>
     <t>400-324/2022-02</t>
   </si>
   <si>
     <t>Фудбалски клуб Бељаница</t>
   </si>
   <si>
     <t>Фудбалски клуб Слога</t>
   </si>
@@ -482,51 +383,51 @@
   </si>
   <si>
     <t>Стонотениско удружење Викинг</t>
   </si>
   <si>
     <t>Спортско фудбалско удружење Ресавски Деспоти</t>
   </si>
   <si>
     <t>Ресавица</t>
   </si>
   <si>
     <t>Витанце бб</t>
   </si>
   <si>
     <t>Витанце, Деспотовац</t>
   </si>
   <si>
     <t>Саве Ковачевића 57</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
-    <numFmt numFmtId="166" formatCode="d/m/yy;@"/>
+    <numFmt numFmtId="164" formatCode="d/m/yy;@"/>
   </numFmts>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -552,79 +453,74 @@
         <bgColor theme="5"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="5"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="18">
+  <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="166" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="17">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right/>
@@ -711,51 +607,51 @@
         <right/>
         <top style="thin">
           <color theme="5"/>
         </top>
         <bottom/>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="164" formatCode="dd/mm/yy"/>
+      <numFmt numFmtId="165" formatCode="dd/mm/yy"/>
       <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right/>
         <top style="thin">
           <color theme="5"/>
         </top>
         <bottom/>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
@@ -1040,52 +936,52 @@
       <fill>
         <patternFill patternType="solid">
           <fgColor theme="5"/>
           <bgColor theme="5"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N52" totalsRowShown="0" headerRowDxfId="16" dataDxfId="15" tableBorderDxfId="14">
-  <autoFilter ref="A1:N52"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N28" totalsRowShown="0" headerRowDxfId="16" dataDxfId="15" tableBorderDxfId="14">
+  <autoFilter ref="A1:N28"/>
   <tableColumns count="14">
     <tableColumn id="1" name="Општина/Град" dataDxfId="13"/>
     <tableColumn id="2" name="Општина/Град шифра" dataDxfId="12"/>
     <tableColumn id="3" name="Програм" dataDxfId="11"/>
     <tableColumn id="4" name="Национална категоризација спортова" dataDxfId="10"/>
     <tableColumn id="5" name="Матични број организације/удружења" dataDxfId="9"/>
     <tableColumn id="6" name="Пун назив организације" dataDxfId="8"/>
     <tableColumn id="7" name="Адреса организације" dataDxfId="7"/>
     <tableColumn id="8" name="Седиште спортске организације" dataDxfId="6"/>
     <tableColumn id="9" name="Број одлуке/решења" dataDxfId="5"/>
     <tableColumn id="10" name="Датум одлуке/решења" dataDxfId="4"/>
     <tableColumn id="11" name="Година" dataDxfId="3"/>
     <tableColumn id="12" name="Програм/Сврха" dataDxfId="2"/>
     <tableColumn id="13" name="Тражени износ средстава " dataDxfId="1"/>
     <tableColumn id="14" name="Одобрен износ средстава" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight10" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -1363,54 +1259,54 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:N52"/>
+  <dimension ref="A1:N28"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="M27" sqref="M27"/>
+    <sheetView tabSelected="1" topLeftCell="F1" workbookViewId="0">
+      <selection activeCell="H13" sqref="H13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="23.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="20.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="38.28515625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="55.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="22.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="33.42578125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="23.28515625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="17.5703125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="27.42578125" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="27.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
@@ -1432,2082 +1328,1130 @@
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A2" s="3" t="s">
+      <c r="A2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B2" s="4">
         <v>70491</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="s">
+      <c r="E2" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="3" t="s">
+      <c r="F2" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="G2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G2" s="3" t="s">
+      <c r="H2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="H2" s="3" t="s">
-[...14 lines deleted...]
-        <v>240000</v>
+      <c r="I2" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="J2" s="14">
+        <v>44747</v>
+      </c>
+      <c r="K2" s="5">
+        <v>2022</v>
+      </c>
+      <c r="L2" s="5"/>
+      <c r="M2" s="5"/>
+      <c r="N2" s="9">
+        <v>295000</v>
       </c>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A3" s="3" t="s">
+      <c r="A3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="4">
         <v>70491</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="3" t="s">
-        <v>21</v>
-[...25 lines deleted...]
-        <v>240000</v>
+        <v>16</v>
+      </c>
+      <c r="E3" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="F3" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="G3" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="H3" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="I3" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="J3" s="14">
+        <v>44747</v>
+      </c>
+      <c r="K3" s="5">
+        <v>2022</v>
+      </c>
+      <c r="L3" s="6"/>
+      <c r="M3" s="6"/>
+      <c r="N3" s="10">
+        <v>1400000</v>
       </c>
     </row>
     <row r="4" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="4">
         <v>70491</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="D4" s="3"/>
-[...24 lines deleted...]
-        <v>380000</v>
+      <c r="D4" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="F4" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="G4" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="H4" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="J4" s="14">
+        <v>44747</v>
+      </c>
+      <c r="K4" s="5">
+        <v>2022</v>
+      </c>
+      <c r="L4" s="6"/>
+      <c r="M4" s="6"/>
+      <c r="N4" s="10">
+        <v>400000</v>
       </c>
     </row>
     <row r="5" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A5" s="3" t="s">
+      <c r="A5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B5" s="4">
         <v>70491</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E5" s="5" t="s">
-[...23 lines deleted...]
-        <v>370000</v>
+      <c r="E5" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="F5" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="G5" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H5" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="J5" s="14">
+        <v>44747</v>
+      </c>
+      <c r="K5" s="5">
+        <v>2022</v>
+      </c>
+      <c r="L5" s="6"/>
+      <c r="M5" s="6"/>
+      <c r="N5" s="10">
+        <v>300000</v>
       </c>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A6" s="3" t="s">
+      <c r="A6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B6" s="4">
         <v>70491</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E6" s="5"/>
-[...21 lines deleted...]
-        <v>37000</v>
+      <c r="E6" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="F6" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="G6" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="H6" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="J6" s="14">
+        <v>44747</v>
+      </c>
+      <c r="K6" s="5">
+        <v>2022</v>
+      </c>
+      <c r="L6" s="6"/>
+      <c r="M6" s="6"/>
+      <c r="N6" s="10">
+        <v>420000</v>
       </c>
     </row>
     <row r="7" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A7" s="3" t="s">
+      <c r="A7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="4">
         <v>70491</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="D7" s="3" t="s">
-[...26 lines deleted...]
-        <v>50000</v>
+      <c r="D7" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="E7" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="F7" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="G7" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="H7" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="J7" s="14">
+        <v>44747</v>
+      </c>
+      <c r="K7" s="5">
+        <v>2022</v>
+      </c>
+      <c r="L7" s="6"/>
+      <c r="M7" s="6"/>
+      <c r="N7" s="10">
+        <v>205000</v>
       </c>
     </row>
     <row r="8" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A8" s="3" t="s">
+      <c r="A8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="4">
         <v>70491</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E8" s="5" t="s">
-[...23 lines deleted...]
-        <v>360000</v>
+      <c r="E8" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="F8" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="G8" s="12" t="s">
+        <v>85</v>
+      </c>
+      <c r="H8" s="12" t="s">
+        <v>88</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="J8" s="14">
+        <v>44747</v>
+      </c>
+      <c r="K8" s="5">
+        <v>2022</v>
+      </c>
+      <c r="L8" s="6"/>
+      <c r="M8" s="6"/>
+      <c r="N8" s="10">
+        <v>290000</v>
       </c>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A9" s="3" t="s">
+      <c r="A9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="4">
         <v>70491</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E9" s="5" t="s">
-[...11 lines deleted...]
-      <c r="I9" s="3" t="s">
+      <c r="E9" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="F9" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="G9" s="12" t="s">
+        <v>86</v>
+      </c>
+      <c r="H9" s="12" t="s">
+        <v>89</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="J9" s="14">
+        <v>44747</v>
+      </c>
+      <c r="K9" s="5">
+        <v>2022</v>
+      </c>
+      <c r="L9" s="6"/>
+      <c r="M9" s="6"/>
+      <c r="N9" s="10">
+        <v>400000</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A10" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B10" s="4">
+        <v>70491</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="E10" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="F10" s="11" t="s">
         <v>84</v>
       </c>
-      <c r="J9" s="6">
-[...21 lines deleted...]
-      <c r="D10" s="3" t="s">
+      <c r="G10" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="H10" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="J10" s="14">
+        <v>44747</v>
+      </c>
+      <c r="K10" s="5">
+        <v>2022</v>
+      </c>
+      <c r="L10" s="6"/>
+      <c r="M10" s="6"/>
+      <c r="N10" s="10">
+        <v>82000</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="4">
+        <v>70491</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D11" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E10" s="5" t="s">
-[...41 lines deleted...]
-        <v>86</v>
+      <c r="E11" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="F11" s="12" t="s">
+        <v>96</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="H11" s="3" t="s">
-        <v>89</v>
-[...13 lines deleted...]
-        <v>250000</v>
+        <v>29</v>
+      </c>
+      <c r="I11" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="J11" s="14">
+        <v>44747</v>
+      </c>
+      <c r="K11" s="5">
+        <v>2022</v>
+      </c>
+      <c r="L11" s="6"/>
+      <c r="M11" s="6"/>
+      <c r="N11" s="10">
+        <v>1400000</v>
       </c>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A12" s="3" t="s">
+      <c r="A12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="4">
         <v>70491</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E12" s="5" t="s">
-[...3 lines deleted...]
-        <v>52</v>
+      <c r="E12" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="F12" s="12" t="s">
+        <v>97</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="H12" s="3" t="s">
-        <v>38</v>
-[...13 lines deleted...]
-        <v>3600000</v>
+        <v>46</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="J12" s="14">
+        <v>44747</v>
+      </c>
+      <c r="K12" s="5">
+        <v>2022</v>
+      </c>
+      <c r="L12" s="6"/>
+      <c r="M12" s="6"/>
+      <c r="N12" s="10">
+        <v>170000</v>
       </c>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A13" s="3" t="s">
+      <c r="A13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="4">
         <v>70491</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="3" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>41</v>
+      </c>
+      <c r="E13" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="F13" s="12" t="s">
+        <v>98</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="H13" s="3" t="s">
-        <v>56</v>
-[...13 lines deleted...]
-        <v>250000</v>
+        <v>14</v>
+      </c>
+      <c r="I13" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="J13" s="14">
+        <v>44747</v>
+      </c>
+      <c r="K13" s="5">
+        <v>2022</v>
+      </c>
+      <c r="L13" s="6"/>
+      <c r="M13" s="6"/>
+      <c r="N13" s="10">
+        <v>820000</v>
       </c>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A14" s="3" t="s">
+      <c r="A14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B14" s="4">
         <v>70491</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E14" s="5" t="s">
-[...3 lines deleted...]
-        <v>58</v>
+      <c r="E14" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="F14" s="12" t="s">
+        <v>55</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="I14" s="3" t="s">
-[...11 lines deleted...]
-        <v>220000</v>
+      <c r="I14" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="J14" s="14">
+        <v>44747</v>
+      </c>
+      <c r="K14" s="5">
+        <v>2022</v>
+      </c>
+      <c r="L14" s="6"/>
+      <c r="M14" s="6"/>
+      <c r="N14" s="10">
+        <v>57400</v>
       </c>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A15" s="3" t="s">
+      <c r="A15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B15" s="4">
         <v>70491</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D15" s="3" t="s">
-        <v>60</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>16</v>
+      </c>
+      <c r="E15" s="13" t="s">
+        <v>91</v>
+      </c>
+      <c r="F15" s="12" t="s">
+        <v>99</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="H15" s="3" t="s">
-        <v>14</v>
-[...13 lines deleted...]
-        <v>1265000</v>
+        <v>26</v>
+      </c>
+      <c r="I15" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="J15" s="14">
+        <v>44747</v>
+      </c>
+      <c r="K15" s="5">
+        <v>2022</v>
+      </c>
+      <c r="L15" s="6"/>
+      <c r="M15" s="6"/>
+      <c r="N15" s="10">
+        <v>410000</v>
       </c>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A16" s="3" t="s">
+      <c r="A16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="4">
         <v>70491</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E16" s="5" t="s">
-[...3 lines deleted...]
-        <v>65</v>
+      <c r="E16" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="F16" s="12" t="s">
+        <v>100</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>66</v>
+        <v>40</v>
       </c>
       <c r="H16" s="3" t="s">
-        <v>67</v>
-[...13 lines deleted...]
-        <v>140000</v>
+        <v>14</v>
+      </c>
+      <c r="I16" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="J16" s="14">
+        <v>44747</v>
+      </c>
+      <c r="K16" s="5">
+        <v>2022</v>
+      </c>
+      <c r="L16" s="6"/>
+      <c r="M16" s="6"/>
+      <c r="N16" s="10">
+        <v>180400</v>
       </c>
     </row>
     <row r="17" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A17" s="3" t="s">
+      <c r="A17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="4">
         <v>70491</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E17" s="5" t="s">
+      <c r="E17" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="F17" s="12" t="s">
+        <v>101</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="H17" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="J17" s="14">
+        <v>44747</v>
+      </c>
+      <c r="K17" s="5">
+        <v>2022</v>
+      </c>
+      <c r="L17" s="6"/>
+      <c r="M17" s="6"/>
+      <c r="N17" s="10">
+        <v>205000</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A18" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B18" s="4">
+        <v>70491</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="E18" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="F18" s="12" t="s">
         <v>68</v>
       </c>
-      <c r="F17" s="3" t="s">
+      <c r="G18" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="G17" s="3" t="s">
-[...41 lines deleted...]
-      </c>
       <c r="H18" s="3" t="s">
-        <v>75</v>
-[...13 lines deleted...]
-        <v>220000</v>
+        <v>14</v>
+      </c>
+      <c r="I18" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="J18" s="14">
+        <v>44747</v>
+      </c>
+      <c r="K18" s="5">
+        <v>2022</v>
+      </c>
+      <c r="L18" s="6"/>
+      <c r="M18" s="6"/>
+      <c r="N18" s="10">
+        <v>246000</v>
       </c>
     </row>
     <row r="19" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A19" s="3" t="s">
+      <c r="A19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B19" s="4">
         <v>70491</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E19" s="5" t="s">
-[...3 lines deleted...]
-        <v>77</v>
+      <c r="E19" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="F19" s="12" t="s">
+        <v>102</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>78</v>
+        <v>48</v>
       </c>
       <c r="H19" s="3" t="s">
-        <v>14</v>
-[...13 lines deleted...]
-        <v>70000</v>
+        <v>49</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="J19" s="14">
+        <v>44747</v>
+      </c>
+      <c r="K19" s="5">
+        <v>2022</v>
+      </c>
+      <c r="L19" s="6"/>
+      <c r="M19" s="6"/>
+      <c r="N19" s="10">
+        <v>285000</v>
       </c>
     </row>
     <row r="20" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A20" s="3" t="s">
+      <c r="A20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B20" s="4">
         <v>70491</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="D20" s="3"/>
-      <c r="E20" s="5" t="s">
+      <c r="D20" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="F20" s="3" t="s">
-        <v>80</v>
+      <c r="E20" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F20" s="12" t="s">
+        <v>103</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>81</v>
+        <v>58</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="I20" s="3" t="s">
-[...11 lines deleted...]
-        <v>236000</v>
+      <c r="I20" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="J20" s="14">
+        <v>44747</v>
+      </c>
+      <c r="K20" s="5">
+        <v>2022</v>
+      </c>
+      <c r="L20" s="6"/>
+      <c r="M20" s="6"/>
+      <c r="N20" s="10">
+        <v>205000</v>
       </c>
     </row>
     <row r="21" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A21" s="3" t="s">
+      <c r="A21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="4">
         <v>70491</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E21" s="5" t="s">
-[...23 lines deleted...]
-        <v>3000000</v>
+      <c r="E21" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="F21" s="12" t="s">
+        <v>51</v>
+      </c>
+      <c r="G21" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="J21" s="14">
+        <v>44747</v>
+      </c>
+      <c r="K21" s="5">
+        <v>2022</v>
+      </c>
+      <c r="L21" s="6"/>
+      <c r="M21" s="6"/>
+      <c r="N21" s="10">
+        <v>280000</v>
       </c>
     </row>
     <row r="22" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A22" s="3" t="s">
+      <c r="A22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B22" s="4">
         <v>70491</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E22" s="5" t="s">
+      <c r="E22" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="F22" s="12" t="s">
+        <v>104</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H22" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="J22" s="14">
+        <v>44747</v>
+      </c>
+      <c r="K22" s="5">
+        <v>2022</v>
+      </c>
+      <c r="L22" s="6"/>
+      <c r="M22" s="6"/>
+      <c r="N22" s="10">
+        <v>1200000</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A23" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B23" s="4">
+        <v>70491</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D23" s="12" t="s">
         <v>90</v>
       </c>
-      <c r="F22" s="3" t="s">
-[...33 lines deleted...]
-      <c r="D23" s="3" t="s">
+      <c r="E23" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="F23" s="12" t="s">
+        <v>105</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="H23" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="J23" s="14">
+        <v>44747</v>
+      </c>
+      <c r="K23" s="5">
+        <v>2022</v>
+      </c>
+      <c r="L23" s="6"/>
+      <c r="M23" s="6"/>
+      <c r="N23" s="10">
+        <v>80000</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A24" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B24" s="4">
+        <v>70491</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D24" s="6"/>
+      <c r="E24" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" s="12" t="s">
+        <v>106</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H24" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="I24" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="J24" s="14">
+        <v>44747</v>
+      </c>
+      <c r="K24" s="5">
+        <v>2022</v>
+      </c>
+      <c r="L24" s="6"/>
+      <c r="M24" s="6"/>
+      <c r="N24" s="10">
+        <v>213200</v>
+      </c>
+    </row>
+    <row r="25" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A25" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B25" s="4">
+        <v>70491</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D25" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E23" s="5" t="s">
+      <c r="E25" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="F25" s="12" t="s">
+        <v>107</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="H25" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="I25" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="J25" s="14">
+        <v>44747</v>
+      </c>
+      <c r="K25" s="5">
+        <v>2022</v>
+      </c>
+      <c r="L25" s="6"/>
+      <c r="M25" s="6"/>
+      <c r="N25" s="10">
+        <v>170000</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A26" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B26" s="4">
+        <v>70491</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D26" s="12" t="s">
+        <v>90</v>
+      </c>
+      <c r="E26" s="13" t="s">
         <v>92</v>
       </c>
-      <c r="F23" s="3" t="s">
+      <c r="F26" s="12" t="s">
+        <v>108</v>
+      </c>
+      <c r="G26" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="H26" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="J26" s="14">
+        <v>44747</v>
+      </c>
+      <c r="K26" s="5">
+        <v>2022</v>
+      </c>
+      <c r="L26" s="6"/>
+      <c r="M26" s="6"/>
+      <c r="N26" s="10">
+        <v>80000</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A27" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B27" s="4">
+        <v>70491</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D27" s="12" t="s">
         <v>93</v>
       </c>
-      <c r="G23" s="3" t="s">
+      <c r="E27" s="13" t="s">
         <v>94</v>
       </c>
-      <c r="H23" s="3" t="s">
-[...174 lines deleted...]
-        <v>1400000</v>
+      <c r="F27" s="12" t="s">
+        <v>109</v>
+      </c>
+      <c r="G27" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="H27" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="J27" s="14">
+        <v>44747</v>
+      </c>
+      <c r="K27" s="5">
+        <v>2022</v>
+      </c>
+      <c r="L27" s="6"/>
+      <c r="M27" s="6"/>
+      <c r="N27" s="10">
+        <v>100000</v>
       </c>
     </row>
     <row r="28" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A28" s="8" t="s">
+      <c r="A28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B28" s="4">
         <v>70491</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E28" s="11" t="s">
-[...116 lines deleted...]
-      <c r="D31" s="9" t="s">
+      <c r="E28" s="13" t="s">
+        <v>95</v>
+      </c>
+      <c r="F28" s="12" t="s">
+        <v>110</v>
+      </c>
+      <c r="G28" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="E31" s="11" t="s">
-[...116 lines deleted...]
-      <c r="D34" s="9" t="s">
+      <c r="H28" s="6" t="s">
         <v>113</v>
       </c>
-      <c r="E34" s="11" t="s">
-[...740 lines deleted...]
-      <c r="N52" s="13">
+      <c r="I28" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="J28" s="14">
+        <v>44747</v>
+      </c>
+      <c r="K28" s="5">
+        <v>2022</v>
+      </c>
+      <c r="L28" s="6"/>
+      <c r="M28" s="6"/>
+      <c r="N28" s="10">
         <v>280000</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C2:C52">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C2:C28">
       <formula1>"ГОДИШЊИ ПРОГРАМ, ПОСЕБНИ ПРОГРАМ"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>